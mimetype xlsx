--- v0 (2025-10-05)
+++ v1 (2025-12-10)
@@ -102,51 +102,51 @@
   <si>
     <t>Projeto de Lei Executivo nº 150 de 2025</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por transferência dentro do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 151 de 2025</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial dentro do orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 152 de 2025</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Aguardando para Leitura</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 148 de 2025</t>
   </si>
   <si>
-    <t>Estima a Receita e fixa a Despesa do Município de Nova Xavantina – MT, para o exercício de 2026, e dá outras providências.</t>
+    <t>Estima a Receita e fixa a Despesa do Município de Nova Xavantina – MT, para o exercício de 2026, e dá outras providências. LOA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>