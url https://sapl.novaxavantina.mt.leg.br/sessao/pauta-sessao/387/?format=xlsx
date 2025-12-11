--- v0 (2025-10-05)
+++ v1 (2025-12-11)
@@ -252,60 +252,60 @@
   <si>
     <t>Indicação nº 239/2025 de autoria do Vereador Jose Altamiro da Silva, encaminhada a Secretaria Municipal da Cidade, Trânsito e Segurança Pública com cópia ao Prefeito Municipal, mostrando a necessidade de instalar placas de identificação de ruas nos bairros Centro Oeste e Barro Vermelho, em nosso município.</t>
   </si>
   <si>
     <t>Indicação nº 240 de 2025</t>
   </si>
   <si>
     <t>Francy</t>
   </si>
   <si>
     <t>Indicação nº 240/2025 de autoria do Vereador Franciley Gomes de Melo, encaminhada ao Prefeito Municipal, solicitando a realização da concessão para a construção de um novo cemitério com sistema de gavetas (lóculos) em nosso município.</t>
   </si>
   <si>
     <t>Moção nº 29 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 029/2025 de autoria da Vereadora Lucinete da Costa, encaminhada aos organizadores da 1ª CONFERÊNCIA MUNICIPAL DE POLÍTICAS PARA AS MULHERES – CMPM com o tema: Mais Democracia, Mais Igualdade e Mais Conquistas para Todas.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 102 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre o Plano Plurianual do Município de Nova Xavantina – MT para o Quadriênio 2026 a 2029 e dá outras providências.</t>
+    <t>Dispõe sobre o Plano Plurianual do Município de Nova Xavantina – MT para o Quadriênio 2026 a 2029 e dá outras providências. PPA</t>
   </si>
   <si>
     <t>Aguardando para Leitura</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo nº 103 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências.</t>
+    <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências. LDO.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 109 de 2025</t>
   </si>
   <si>
     <t>Altera o § 6º do art. 113 da Lei Municipal n.º 2.340/2021, com redação dada pela Lei n.º 2.448/2022, para redefinir a destinação da margem consignável _x000D_
 para cartão de benefício.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 110 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a regionalização das licitações públicas e o estabelecimento da política de desenvolvimento local e regional para Microempreendedores _x000D_
 Individuais (MEI), Microempresas (ME) e Empresas de Pequeno Porte (EPP) em procedimentos de compras públicas no Município de Nova Xavantina e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>Aguardando promulgação da lei</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">