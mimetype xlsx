--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1520" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1896" uniqueCount="815">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1140,63 +1140,63 @@
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6087/projeto_de_lei_no_100.2025-cred.adic.custear_despesas.remanejamento.saude..pdf</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6088/projeto_de_lei_no_101.2025-cred.adic.pgto.despesas.transposicao.saude..pdf</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6091/projeto_de_lei_no_102.2025-ppa_2026-2029..pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre o Plano Plurianual do Município de Nova Xavantina – MT para o Quadriênio 2026 a 2029 e dá outras providências.</t>
+    <t>Dispõe sobre o Plano Plurianual do Município de Nova Xavantina – MT para o Quadriênio 2026 a 2029 e dá outras providências. PPA</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6093/projeto_de_lei_no_103.2025-ldo_2026..pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências.</t>
+    <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências. LDO.</t>
   </si>
   <si>
     <t>6089</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6089/projeto_de_lei_no_104.2025-cred.adic.transposicao.meio_ambiente_e_cidade..pdf</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6168/projeto_de_lei_no_105.2025-alt.lei2902.cria_demutran_e_jari..pdf</t>
   </si>
   <si>
     <t>Revoga dispositivo constante na Lei Ordinária nº 2.902/2025 que dispõe sobre a criação do Órgão Executivo Municipal de Trânsito doravante _x000D_
 denominado: Departamento Municipal de Trânsito e Rodoviário (DEMUTRAN) e da Junta Administrativa de Recursos de Infração – JARI e dá outras providências.</t>
   </si>
   <si>
     <t>6094</t>
@@ -1565,51 +1565,51 @@
   <si>
     <t>6206</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6206/projeto_de_lei_no_146.2025-cred.adic.saude.sus.computador.pdf</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6207/projeto_de_lei_no_147.2025-cred.adic.transposicao.assistencia.pgto.diaria.pdf</t>
   </si>
   <si>
     <t>6208</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6208/projeto_de_lei_no_148.2025-loa_2026..pdf</t>
   </si>
   <si>
-    <t>Estima a Receita e fixa a Despesa do Município de Nova Xavantina – MT, para o exercício de 2026, e dá outras providências.</t>
+    <t>Estima a Receita e fixa a Despesa do Município de Nova Xavantina – MT, para o exercício de 2026, e dá outras providências. LOA.</t>
   </si>
   <si>
     <t>6211</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6211/projeto_de_lei_no_149.2025-cred.adic.educ._e_assist.social._veiculos.pdf</t>
   </si>
   <si>
     <t>6212</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6212/projeto_de_lei_no_150.2025-cred.adic.educacao_e_assistencia.aquis.veiculo.pdf</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>151</t>
   </si>
@@ -1676,50 +1676,62 @@
   <si>
     <t>158</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6245/projeto_de_lei_no_158.2025.cred.adic.assistencia_social.esportes..pdf</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6246/projeto_de_lei_no_159.2025-cred.adic.cidade.obras_meio_fio.pdf</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6247/projeto_de_lei_no_160.2025.cred.adic.meio_ambiente.residuos_solidos..pdf</t>
   </si>
   <si>
+    <t>6338</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6338/projeto_de_lei_no_161.2025-alt.lei2335.anexo_v.previnx..pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação de dispositivos das leis nº 2335/21, e 2629/23 que dispõe, respectivamente, acerca da Estrutura Administrativa do Município de Nova Xavantina, e da reestruturação do RPPS – Regime Próprio de Previdência Social de Nova Xavantina-MT, e dá outras providências.</t>
+  </si>
+  <si>
     <t>6248</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6248/projeto_de_lei_no_163.2025.cred._adic.pgto.servicos.adm..pdf</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6249/projeto_de_lei_no_164.2025.cred.adic.folha_pgto.adm.esporte._meio_ambiente.pdf</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6250/projeto_de_lei_no_165.2025.cred.adic.folha_pgto.educacao.saude.pdf</t>
@@ -1853,50 +1865,471 @@
   <si>
     <t>179</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6293/projeto_de_lei_no_179.2025.cred.adic.transferencia.assist._social.pgto_serv..pdf</t>
   </si>
   <si>
     <t>6294</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6294/projeto_de_lei_no_180.2025.cred.adic.fundo_turismo.pdf</t>
   </si>
   <si>
     <t>6295</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6295/projeto_de_lei_no_181.2025.cred.adic.financas.restituicao_issqn.pdf</t>
   </si>
   <si>
+    <t>6297</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6297/projeto_de_lei_no_182.2025.cred.adic.especial.fundo_de_saude..pdf</t>
+  </si>
+  <si>
+    <t>6298</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6298/projeto_de_lei_no_183.2025.credadic.software.assist._social.suas.pdf</t>
+  </si>
+  <si>
+    <t>6302</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6302/projeto_de_lei_no_184.2025.cred.adic.diarias.material_consumo.saude_e_educ..pdf</t>
+  </si>
+  <si>
+    <t>6303</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6303/projeto_de_lei_no_185.2025.cred.adic.software.plataforma.assist._social..pdf</t>
+  </si>
+  <si>
+    <t>6313</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6313/projeto_de_lei_no_186.2025-seletivo_simplificado.assist._social..pdf</t>
+  </si>
+  <si>
+    <t>6314</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6314/projeto_de_lei_no_187.2025.cred.adic.pgto_pes.juridica.educacao..pdf</t>
+  </si>
+  <si>
+    <t>6315</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6315/projeto_de_lei_no_188.2025-cred.adic.adm.esporte_e_cidade..pdf</t>
+  </si>
+  <si>
+    <t>6341</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6341/projeto_de_lei_no_189.2025-seletivo.acs_e_ace..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Chefe do Poder Executivo Municipal a realizar Processo Seletivo Público e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6330</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6330/projeto_de_lei_no_190.2025.cred.adic.impressoras.computador.saude..pdf</t>
+  </si>
+  <si>
+    <t>6331</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6331/projeto_de_lei_no_191.2025.cred.adic.folha_pagamento-assist.social.pdf</t>
+  </si>
+  <si>
+    <t>6332</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6332/projeto_de_lei_no_192.2025.cred.adic.fl.pagamento.pdf</t>
+  </si>
+  <si>
+    <t>6345</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6345/projeto_de_lei_no_193.2025-alt.lei_1973.2016.parcelamento_do_solo..pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos constantes da Lei Municipal n.º 1.973/2016, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6339</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6339/projeto_de_lei_no_194.2025.cred.adic.mat.hospitalares..pdf</t>
+  </si>
+  <si>
+    <t>6340</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6340/projeto_de_lei_no_195.2025.cred.adic.assistencia.software.suas.pdf</t>
+  </si>
+  <si>
+    <t>6342</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6342/projeto_de_lei_no_196.2025.cred.adic.pgto.obras_de_faixa.cidade_e_adm..pdf</t>
+  </si>
+  <si>
+    <t>6346</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6346/projeto_de_lei_no_197.2025-alt.lei_2470.pccs.tecnico_em_radiologia.psicologo..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos constantes na Lei Municipal nº 2.470/2022 que dispõe sobre o Plano de Cargo, Carreira e Subsídios da Administração Direta do Poder Executivo de Nova Xavantina e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6343</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6343/projeto_de_lei_no_198.2025.cred.adic.educacao.pdf</t>
+  </si>
+  <si>
+    <t>6344</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6344/projeto_de_lei_no_199.2025.cred.adic.transferencia.educacao..pdf</t>
+  </si>
+  <si>
+    <t>6347</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6347/projeto_de_lei_no_200.2025.cred.adic.remanejamento._cidade.piso_tatil.pdf</t>
+  </si>
+  <si>
+    <t>6348</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6348/projeto_de_lei_no_201.2025.cred.adic.faixa_de_passeio.cidade..pdf</t>
+  </si>
+  <si>
+    <t>6349</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6349/projeto_de_lei_no_202.2025.cred.adic.faixa_de_passeio.transposicao._cidade..pdf</t>
+  </si>
+  <si>
+    <t>6368</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6368/projeto_de_lei_no_203.2025-alt.leicompl1.24.ctm.desc.lixo_2026..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do Art. 264 da Lei Complementar n.º 1/2024 que institui o Código Tributário do Município de Nova Xavantina-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6369</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6369/projeto_de_lei_no_204.2025-iss.desconto_2026..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de desconto aos profissionais liberais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6357</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6357/projeto_de_lei_no_205.2025-alt.lei_compl1.24.ctm.alvara_2026..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos constantes na Lei Complementar n.º 1/2024 que institui o Código Tributário do Município de Nova Xavantina-MT e dá outras _x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>6359</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6359/projeto_de_lei_no_206.2025-itbi_2026..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a tabela para lançamento e cobrança do ITBI rural para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6370</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6370/projeto_de_lei_no_207.2025-iptu_2026..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a planta genérica de valores para o lançamento e cobrança do IPTU e a concessão de descontos, no Município de Nova Xavantina-MT para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6356</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6356/projeto_de_lei_no_208.2025.cred.adic.mat.consumo.transposicao._educacao..pdf</t>
+  </si>
+  <si>
+    <t>6383</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6383/projeto_de_lei_no_209.2025-sem_assinatura.docx</t>
+  </si>
+  <si>
+    <t>6384</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6384/projeto_de_lei_no_210.2025-sem_assinatura.docx</t>
+  </si>
+  <si>
+    <t>6385</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6385/projeto_de_lei_no_211.2025-sem_assinatura.docx</t>
+  </si>
+  <si>
+    <t>6386</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6386/projeto_de_lei_no_212.2025-alt.lei2991.processo_seletivo.inclusao_da_camara..pdf</t>
+  </si>
+  <si>
+    <t>Inclui dispositivo na Lei Municipal Nº 2.991/25, que Autoriza o Chefe do Poder Executivo Municipal a realizar Processo Seletivo Simplificado, incluindo cargo específico da Câmara Municipal no procedimento, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6387</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6387/projeto_de_lei_no_213.2025.cred.adic.transposicao.saude.passagens.pdf</t>
+  </si>
+  <si>
+    <t>6392</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6392/projeto_de_lei_no_214.2025.cred.adic.transposicao.fl.pgto..pdf</t>
+  </si>
+  <si>
+    <t>6393</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6393/projeto_de_lei_no_215.2025.cred.adic.remanejamento.financas..pdf</t>
+  </si>
+  <si>
+    <t>6406</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6406/projeto_de_lei_no_216.2025-alt.lei2779.convenio.cmsp.cons._comunitario_de_seguranca..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos constantes na Lei Municipal nº 2.779/2024 que autoriza o Poder Executivo Municipal firmar convênio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6407</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6407/projeto_de_lei_no_217.2025-cred.adic..docx</t>
+  </si>
+  <si>
+    <t>6408</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6408/projeto_de_lei_no_218.2025-cred.adic.docx</t>
+  </si>
+  <si>
+    <t>6409</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6409/projeto_de_lei_no_219.2025-cred.adic.docx</t>
+  </si>
+  <si>
+    <t>6410</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6410/projeto_de_lei_no_220.2025-cred.adic.docx</t>
+  </si>
+  <si>
+    <t>6411</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6411/projeto_de_lei_no_221.2025-cred.adic.docx</t>
+  </si>
+  <si>
+    <t>6412</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6412/projeto_de_lei_no_222.2025-cred.adic..docx</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional suplementar por transferência dentro do orçamento vigente e dá outras providências</t>
+  </si>
+  <si>
+    <t>6413</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6413/projeto_de_lei_no_223.2025.cred.adic.transposicao.saude.passagens..pdf</t>
+  </si>
+  <si>
+    <t>6421</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6421/projetode_lei_no_224.2025.cred.adic.remanejamento.fl.pgto..pdf</t>
+  </si>
+  <si>
     <t>5565</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5565/projeto_de_lei_no_001.2025-alt.anexo.lei2355.2021-estrutura_camara.docx</t>
   </si>
   <si>
     <t>Altera anexo constante na Lei nº 2.355/2021, que dispõe sobre a Consolidação da Organização e Estrutura Administrativa dos Serviços da Câmara Municipal de Nova Xavantina, e do plano de cargos e remuneração, Cria e Classifica Cargos, aprova Quadro de Pessoal e dá outras providências.</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5566/projeto_de_lei_no_002.2025.reajuste.rga.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Revisão Geral Anual e dá outras providências.</t>
@@ -2007,50 +2440,77 @@
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6184/projeto_de_lei_no_013.2025-lucinete.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial do Município de Nova Xavantina o dia Municipal de Conscientização sobre o Transtorno do Déficit de Atenção com Hiperatividade – TDAH e dá outras  providencias.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6190/projeto_de_lei_no_014.2025-antonio-trav.sibem.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público, a Travessa SD no Bairro União, Setor Nova Brasília e dá outras providencias. Travessa Sibem.</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>Jubio Carlos -Jubinha</t>
   </si>
   <si>
     <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6217/projeto_de_lei_no_015-2025-jubio.pdf</t>
   </si>
   <si>
     <t>Denomina Bem Público do município de Nova Xavantina-MT e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>6296</t>
+  </si>
+  <si>
+    <t>Anilton Moura</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6296/projeto_de_lei_no_016.2025-anilton.pdf</t>
+  </si>
+  <si>
+    <t>Institui no calendário oficial do Município de Nova Xavantina, o dia Municipal de Conscientização de doenças Raras e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>6319</t>
+  </si>
+  <si>
+    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6319/projeto_de_lei_no_017.2025-anilton-bebida_adulterada.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece medidas de prevenção, controle e sanções relativas à comercialização e fornecimento de bebidas alcoólicas adulteradas ou contaminadas com metanol e outras substâncias nocivas à saúde, nos eventos realizados ou autorizados pelo Município de Nova Xavantina-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6418</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2.747/24 que Regulamenta o uso de logomarca e Símbolo em bens públicos municipais, e dá outras providências, acrescentando o parágrafo único no artigo 1º do respectivo diploma normativo, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2354,56 +2814,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5846/indicacao_no_148.2025-elias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5568/projeto_de_lei_no_01.2025-recomposicao_salarial.rga_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5569/projeto_de_lei_no_02.2025-estrutura_administrativa_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5570/projeto_de_lei_no_03.2025-recomposicao_salarial.lei_2337.pccs_seme..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5571/projeto_de_lei_no_04.2025-reajuste_salarial.rga.aposentados_e_pensionistas.previnx..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5572/projeto_de_lei_no_05.2025-refis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5573/projeto_de_lei_no_06.2025-alt._lei_2629.25.estrutura_previnx..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5574/projeto_de_lei_no_07.2025-cred.adic.aquisicao_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5575/projeto_de_lei_no_08.2025-cred.adic.construcao_cohab.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5576/projeto_de_lei_no_09.2025-cred.adic.mat._consumo_sms.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5579/projeto_de_lei_no_10.2025-alt.lei_compl3.estrutura_adm.rh..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5580/projeto_de_lei_no_011.2025-alt.lei2470.abre_vaga_fisioterapeuta..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5610/projeto_de_lei_no_12.2025-alt._lei1861_e_2508.prog._medicos_pelobrasil..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5581/projeto_de_lei_no_013.2025.cred.adic.construir_usina.sms.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5582/projeto_de_lei_no_014.2025.institui_bolsta_de_pos_graduacao_stricto_sensu..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5583/projeto_de_lei_no_015.2025-programa_de_residencia_tecnica..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5584/projeto_de_lei_no_016.2025-alt.anexo_i_da_lei_2017.diarias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5588/projeto_de_lei_no_017.2025-alt.lei_compl3.estrutura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5603/projeto_de_lei_no_018.2025-alt.lei1443.conselho_pessoa_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5604/projeto_de_lei_no_019.2025-alt.lei1445.conselho_da_mulher.cmdm.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5605/projeto_de_lei_no_021.2025-alt._lei2144.consignados..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5607/projeto_de_lei_no_022.2025-cred.adic.pgto_pes._juridica_sma..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_lei_no_023.2025.cred.adic.aquis.equip._hospitalares_sms..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5609/projeto_de_lei_no_024.2025.cred.adic.pgto__serv.prestado_pessoa_fisica_sms..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5611/projeto_de_lei_no_025.2025-convenio_lar_dos_idosos..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5612/projeto_de_lei_no_026.2025-cred.adic.aquis._material.sma._smf_e__smas..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5639/projeto_de_lei_no_027.2025-cred.adic.desp._exerc._anterior_smi..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5640/projeto_de_lei_no_028.2025.cred.adic.pgto_folha_sms..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5641/projeto_de_lei_no_029.2025-14o_salario_a_ace_e_acs.incentivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5654/projeto_de_lei_no_030.2025-cred.adic.equipamentos_hospitalares..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5666/projeto_de_lei_no_031.2025-convenio_associacao_universitario..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5667/projeto_de_lei_no_032.2025-alt.lei_complementar_1.2025.ctm..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5668/projeto_de_lei_no_033.2025-alt.lei2697.assist._social.cmas..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5669/projeto_de_lei_no_034.2025-cancela_restos_a_pagar_m_bassi._luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5678/projeto_de_lei_no_035.2025-loteamento_residencial_aguas_da_mata_spe_ltda..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5679/projeto_de_lei_no_036.2025-alt.lei2181.patrulha_mecanizada..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5680/projeto_de_lei_no_037.2025-ceder.direito_de_uso_antiga_escola.gleba_tamburi.assoc.piau.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5681/projeto_de_lei_no_038.2025.aderir_consorcio_interfederativo_de_compras_pub.mt.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5682/projeto_de_lei_no_039.2025-alt._lei_2375.processo_de_justif._admin..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5684/projeto_de_lei_no_040.2025-proj._premio_escola_que_transforma.educ..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5932/projeto_de_lei_no_041.2025-loteamento_programa_ser_familia.matr22456..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5698/projeto_de_lei_no_42.2025-revoga_lei_287.1987.doacao_area_pm.gov.mt..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5701/projeto_de_lei_no_043.2025-alt.lei2470.cria_categorias_funcionais_operador_de_seguranca.medico_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5700/projeto_de_lei_no_44.2025-alt.lei2335.estrutura.gratificacao..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5697/projeto_de_lei_no_045.2025-cred.adic.aquis.equip._esportivos..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5758/projeto_de_lei_no_046.2025-alt.lei2799.filiar_associacao_dos_mun.ama..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5699/projeto_de_lei_no_047.2025-.rga.cuiadador_educ..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5703/projeto_de_lei_no_048.2025-convenio_cooper._com_campinapolis..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5728/projeto_de_lei_no_049.2025-denomina_creche_parque_dos_buritis_ii._vice_pref._frankilin.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5729/projeto_de_lei_no_050.2025-educ._em_tempo_integral_na_rede_pub._mun..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5730/projeto_de_lei_no_051.2025-cred.adic.aquisicao_inversor.smc..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5731/projeto_de_lei_no_052.2025-cred.adic.pgto_sma._obras_andamento_sms..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5732/projeto_de_lei_no_053.2025-cred.adic.pgto_rateio_consorcio_saude.sms..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5757/projeto_de_lei_no_054.2025-alt.lei_2629.rpps.previnx..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5759/projeto_de_lei_no_055.2025-alt.lei_2698.baixo_valor..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5760/projeto_de_lei_no_056.2025-cred.adic.seguranca_pub..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5761/projeto_de_lei_no_057.2025-cred.adic.custeio_contrata_pessoa_jur..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5775/projeto_de_lei_no_058.2025-alt.lei2697.politica_pub.assist._social.revoga_lei_2852..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5776/projeto_de_lei_no_059.2025-revoga_lei2802.alt.lei1677.codigo_ambiental.app_zona_urbana..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5786/projeto_de_lei_no_060.2025-cred.adic.aquis.veiculo-ubs.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5813/projeto_de_lei_no_061.2025-convenio_associacao.santinha.lar_antonieta._lar_idoso..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5814/projeto_de_lei_no_062.2025-convenio.associacao.lar_do_idoso..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5815/projeto_de_lei_no_063.2025-cred._adic.especial..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5816/projeto_de_lei_no_064.2025-cred.adic.transposicao..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5817/projeto_de_lei_no_065.2025-alt.lei2335._estrutura.assist.procuradoria..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5819/projeto_de_lei_no_067.2025-cred.adic._saude._atencao_basica.software..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5845/projeto_de_lei_no_068.2025-cred.adic.devolucao_rendimento_fnde.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5861/projeto_de_lei_no_069.2025-compensacao._tributaria..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5915/projeto_de_lei_no_070.2025-alt.lei2337.pccs_educacao..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5893/projeto_de_lei_no_071.2025.cred._adic._pgto._pes._juridica.saude..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5894/projeto_de_lei_no_072.2025-cred.adic.mini_carregadeira.limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5963/projeto_de_lei_no_074.2025-seletivo_simplificado.assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5933/projeto_de_lei_no_075.2025-cred.adic.iluminacao..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5939/projeto_de_lei_no_076.2025-cria_departamento_de_transito-demutran_e_jari..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5937/projeto_de_lei_no_077.2025-cred.adic.assist._social..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5938/projeto_de_lei_no_078.2025-cred.adic.devolucao_saldo_contrato..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5940/projeto_de_lei_no_079.2025-cred.adic.financas.internet_starlink.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5941/projeto_de_lei_no_080.cred.adic.internet_starlink.cidade_e_gabinete..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5954/projeto_de_lei_no_081.2025-reajuste_salarial_prof.lei2337_pccs..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5962/projeto_de_lei_no_082.2025-pccs.alt.lei_2470.abrir_vagas_acs_e_ace..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5955/projeto_de_lei_no_083.2025-cred.adic.transposicao.saude.corrigido..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5959/projeto_de_lei_no_084.2025-cred.adic.consorcio.saude.pgto_contrato..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5960/projeto_de_lei_no_085.2025-alt.lei_2885.loteamento_prog._ser_familia.matr22456..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5964/projeto_de_lei_no_086.2025-alt.lei2335.estrutura._assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5965/projeto_de_lei_no_087.2025-cred.adic.fundo_saude..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5966/projeto_de_lei_no_088.2025-cred.adic.transferencia.cidade..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5968/projeto_de_lei_no_089.2025.cred.adic._mat.hospitalar.prestacao_serv._atencao_basica..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5969/projeto_de_lei_no_090.2025-cred.adic.remanejamento.sma_e_smel.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5988/projeto_de_lei_no_091.2025-cred.especial.fundo_do_esporte..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5990/projeto_de_lei_no_093.2025-reavaliacao_atuarial_2025.previnx..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6081/projeto_de_lei_no_094.2025-alt._lei2721.regularizacao_fundiaria_urbana.reurb..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6082/projeto_de_lei_no_095.2025-mao_unica._avenida_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6084/projeto_de_lei_no_097.2025-cred.adic.pgto_serv._pes._jur.transferencia.cidade..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6085/projeto_de_lei_no_098.2025-adesao_consorcio_intermunic._do_araguaia..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6086/projeto_de_lei_no_099.2025-cred.adic.camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6087/projeto_de_lei_no_100.2025-cred.adic.custear_despesas.remanejamento.saude..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6088/projeto_de_lei_no_101.2025-cred.adic.pgto.despesas.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6091/projeto_de_lei_no_102.2025-ppa_2026-2029..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6093/projeto_de_lei_no_103.2025-ldo_2026..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6089/projeto_de_lei_no_104.2025-cred.adic.transposicao.meio_ambiente_e_cidade..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6168/projeto_de_lei_no_105.2025-alt.lei2902.cria_demutran_e_jari..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6094/projeto_de_lei_no_106.2025-cred.adic.remanejamento.infra.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6095/projeto_de_lei_no_107.2025-cred.adic.transposicao.turismo_e_cultura..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6096/projeto_de_lei_no_108.2025-premiacao_1a_copa_de_fut._society_amigos_de_nx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6125/projeto_de_lei_no_111.2025-cred.adic.transferencia.educ.material_consumo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6126/projeto_de_lei_no_112.2025-cred.adic.remanejamento.financas_saude_e_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6127/projeto_de_lei_no_113.2025-cred.adic.remanejamento.saude..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6128/projeto_de_lei_no_114.2025-cred.adic.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6129/projeto_de_lei_no_115.2025-cred.adic.fundo_de_saude..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6185/projeto_de_lei_no_116.2025-incentivo_financeiro_aos_acs_e_ace._padq..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6145/projeto_de_lei_no_117.2025-cred.adic.transposicao.folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6146/projeto_de_lei_no_118.2025-seletivo_simplificado.semec..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6147/projeto_de_lei_no_119.2025-cred.adic.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6148/projeto_de_lei_no_120.2025-pccs.alt.lei_2470.abre_vagas_psicologo.nutricionista..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6149/projetod_e_lei_no_121.2025-segundo_refis_2025..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6150/projeto_de_lei_no_122.2025-cred._adic.saude.procedimentos_cirurgicos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6151/projeto_de_lei_no_123.2025-cred.adic.remanejamento.adm..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6152/projeto_de_lei_no_124.2025-cred.adic.remanejamento.folha_de_pgto..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6153/projeto_de_lei_no_125.2025-alt.lei_1002.cmma.conselho_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6162/projeto_de_lei_no_126.2025-regulamenta_lei_2340._regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6173/projeto_de_lei_no_127.2025-desafeta_area.quartel_pm..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6169/projeto_de_lei_no_128.2025.cred.adic.saude.consorcio-araguaia.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6170/projeto_de_lei_no_129.2025-cred.adic.remanejamento.esporte..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6172/projeto_de_lei_no_130.2025-desafeta_area.deus_e_amor..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6174/projeto_de_lei_no_131.2025-doacao_de_area_ao_quartel_pm..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6182/projeto_de_lei_no_132.2025-cred.adic.pasep._motoboy.adm._e_financas..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6186/projeto_de_lei_no_133.2025-cred.adic.transferencia.cidade.combustivel.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6195/projeto_de_lei_no_134.2025-cred.adic.remanejamento.saude.computador.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6196/projeto_de_lei_no_135.2025-cred.adic.assistencia_social.fnas.devolucao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6187/projeto_de_lei_no_136.2025-altlei2470.pccs.plano_de_carreira..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6188/projeto_de_lei_no_137.2025-cred.adic.informatica.remaneja.saude_e_turismo..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6189/projeto_de_lei_no_138.2025-cred.adic.transposicao.saude.agua_em_area_rural..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6193/projeto_de_lei_no_139.2025-seletivo_simplificado.saude..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6194/projeto_de_lei_no_140.2025-cred.adic.energia_solar.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6214/projeto_de_lei_no_142.2025-convenio_unemat.bacharelado_direito..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6204/projeto_de_lei_no_143.2025-cred.adic.saude.medicamentos.alta_e_media_complexidade.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6215/projeto_de_lei_no_144.2025-alt.lei_2335.estrutura.assist..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6205/projeto_de_lei_no_145.2025-cred.adic.remanejamento.turismo.biblioteca..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6206/projeto_de_lei_no_146.2025-cred.adic.saude.sus.computador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6207/projeto_de_lei_no_147.2025-cred.adic.transposicao.assistencia.pgto.diaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6208/projeto_de_lei_no_148.2025-loa_2026..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6211/projeto_de_lei_no_149.2025-cred.adic.educ._e_assist.social._veiculos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6212/projeto_de_lei_no_150.2025-cred.adic.educacao_e_assistencia.aquis.veiculo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6210/projeto_de_lei_no_151.2025-cred.adic.assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6213/projeto_de_lei_no_152.2025-cred.adic.cidade.sinalizacao..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6216/projeto_de_lei_no_153.2025-cred.adic.infra_e_cidade.material_consumo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6227/projeto_de_lei_no_154.2025.cred.adic.folha_de_pgto.infra..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6228/projeto_de_lei_no_155.2025-cred.adic.transferencia.turismo.curso_de_condutor.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6240/projeto_de_lei_no_156.2025-altlei2470.pccs.medico_cirurgiao_geral.pediatra..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6229/projeto_de_lei_no_157.2025-cred.adic.educacao.desmontar_quadra_jk.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6245/projeto_de_lei_no_158.2025.cred.adic.assistencia_social.esportes..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6246/projeto_de_lei_no_159.2025-cred.adic.cidade.obras_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6247/projeto_de_lei_no_160.2025.cred.adic.meio_ambiente.residuos_solidos..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6248/projeto_de_lei_no_163.2025.cred._adic.pgto.servicos.adm..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6249/projeto_de_lei_no_164.2025.cred.adic.folha_pgto.adm.esporte._meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6250/projeto_de_lei_no_165.2025.cred.adic.folha_pgto.educacao.saude.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6251/projeto_de_lei_no_166.2025.cred.adic.educacao.folha_pgto..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6258/projeto_de_lei_no_167.2025-convenio_associacao_rio_limpo_rio_lindo..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6257/projeto_de_lei_no_168.2025-acordo_de_coop._sesp.posto_de_identificacao.politec..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6259/projeto_de_lei_no_169.2025-alt.lei_2941.2025-seletivo.saude..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6275/projeto_de_lei_no_170.2025.cred.adic.assistencia_social.notebooks.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6276/projeto_de_lei_no_171.2025.cred.adic.turismo_e_cultura.coopervale.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6277/projeto_de_lei_no_172.2025.cred.adic.saude.pgto.pes.juridica.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6278/projeto_de_lei_no_173.2025.cred.adic.remanejamento.camara..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6288/projeto_de_lei_no_174.2025.cred.adic.locacao_de_maquinas.cidade..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6289/projeto_de_lei_no_175.2025.cred.adic.locar_maquinarios.remanejamento._cidade..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6290/projeto_de_lei_no_176.2025.cred.adic.aquisicao_de_mobilia.educacao..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6291/projeto_de_lei_no_177.2025.cred.adic.aquis._de_mobilias.transposicao.educacao..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6292/projeto_de_lei_no_178.2025.cred.adic.transposicao.assist._social.pgto.serv..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6293/projeto_de_lei_no_179.2025.cred.adic.transferencia.assist._social.pgto_serv..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6294/projeto_de_lei_no_180.2025.cred.adic.fundo_turismo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6295/projeto_de_lei_no_181.2025.cred.adic.financas.restituicao_issqn.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5565/projeto_de_lei_no_001.2025-alt.anexo.lei2355.2021-estrutura_camara.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5566/projeto_de_lei_no_002.2025.reajuste.rga.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5653/projeto_de_lei_no_003.2025-legislativo.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5670/projeto_de_lei_no_04.2025-ucmmat.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5777/projeto_de_lei_no_005.2025-franciley-dia_gercino.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5847/projeto_de_lei_no_006.2025-elias-regulamenta_logradouro.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5916/projeto_de_lei_no_007.2025-elias.alt.lei.estrutura_camara.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5958/projeto_de_lei_no_008.2025-willian-mao_unica.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5967/projeto_de_lei_no_009.2025-antonio-utilidade_pub..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6160/projeto_de_lei_no_010.2025-alt.lei_-_vi.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6171/projeto_de_lei_no_011.2025-elias.ilha_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6183/projeto_de_lei_no_012.2025-franciley.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6184/projeto_de_lei_no_013.2025-lucinete.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6190/projeto_de_lei_no_014.2025-antonio-trav.sibem.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6217/projeto_de_lei_no_015-2025-jubio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5846/indicacao_no_148.2025-elias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5568/projeto_de_lei_no_01.2025-recomposicao_salarial.rga_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5569/projeto_de_lei_no_02.2025-estrutura_administrativa_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5570/projeto_de_lei_no_03.2025-recomposicao_salarial.lei_2337.pccs_seme..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5571/projeto_de_lei_no_04.2025-reajuste_salarial.rga.aposentados_e_pensionistas.previnx..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5572/projeto_de_lei_no_05.2025-refis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5573/projeto_de_lei_no_06.2025-alt._lei_2629.25.estrutura_previnx..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5574/projeto_de_lei_no_07.2025-cred.adic.aquisicao_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5575/projeto_de_lei_no_08.2025-cred.adic.construcao_cohab.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5576/projeto_de_lei_no_09.2025-cred.adic.mat._consumo_sms.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5579/projeto_de_lei_no_10.2025-alt.lei_compl3.estrutura_adm.rh..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5580/projeto_de_lei_no_011.2025-alt.lei2470.abre_vaga_fisioterapeuta..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5610/projeto_de_lei_no_12.2025-alt._lei1861_e_2508.prog._medicos_pelobrasil..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5581/projeto_de_lei_no_013.2025.cred.adic.construir_usina.sms.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5582/projeto_de_lei_no_014.2025.institui_bolsta_de_pos_graduacao_stricto_sensu..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5583/projeto_de_lei_no_015.2025-programa_de_residencia_tecnica..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5584/projeto_de_lei_no_016.2025-alt.anexo_i_da_lei_2017.diarias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5588/projeto_de_lei_no_017.2025-alt.lei_compl3.estrutura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5603/projeto_de_lei_no_018.2025-alt.lei1443.conselho_pessoa_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5604/projeto_de_lei_no_019.2025-alt.lei1445.conselho_da_mulher.cmdm.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5605/projeto_de_lei_no_021.2025-alt._lei2144.consignados..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5607/projeto_de_lei_no_022.2025-cred.adic.pgto_pes._juridica_sma..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5608/projeto_de_lei_no_023.2025.cred.adic.aquis.equip._hospitalares_sms..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5609/projeto_de_lei_no_024.2025.cred.adic.pgto__serv.prestado_pessoa_fisica_sms..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5611/projeto_de_lei_no_025.2025-convenio_lar_dos_idosos..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5612/projeto_de_lei_no_026.2025-cred.adic.aquis._material.sma._smf_e__smas..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5639/projeto_de_lei_no_027.2025-cred.adic.desp._exerc._anterior_smi..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5640/projeto_de_lei_no_028.2025.cred.adic.pgto_folha_sms..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5641/projeto_de_lei_no_029.2025-14o_salario_a_ace_e_acs.incentivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5654/projeto_de_lei_no_030.2025-cred.adic.equipamentos_hospitalares..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5666/projeto_de_lei_no_031.2025-convenio_associacao_universitario..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5667/projeto_de_lei_no_032.2025-alt.lei_complementar_1.2025.ctm..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5668/projeto_de_lei_no_033.2025-alt.lei2697.assist._social.cmas..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5669/projeto_de_lei_no_034.2025-cancela_restos_a_pagar_m_bassi._luiz_otavio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5678/projeto_de_lei_no_035.2025-loteamento_residencial_aguas_da_mata_spe_ltda..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5679/projeto_de_lei_no_036.2025-alt.lei2181.patrulha_mecanizada..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5680/projeto_de_lei_no_037.2025-ceder.direito_de_uso_antiga_escola.gleba_tamburi.assoc.piau.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5681/projeto_de_lei_no_038.2025.aderir_consorcio_interfederativo_de_compras_pub.mt.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5682/projeto_de_lei_no_039.2025-alt._lei_2375.processo_de_justif._admin..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5684/projeto_de_lei_no_040.2025-proj._premio_escola_que_transforma.educ..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5932/projeto_de_lei_no_041.2025-loteamento_programa_ser_familia.matr22456..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5698/projeto_de_lei_no_42.2025-revoga_lei_287.1987.doacao_area_pm.gov.mt..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5701/projeto_de_lei_no_043.2025-alt.lei2470.cria_categorias_funcionais_operador_de_seguranca.medico_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5700/projeto_de_lei_no_44.2025-alt.lei2335.estrutura.gratificacao..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5697/projeto_de_lei_no_045.2025-cred.adic.aquis.equip._esportivos..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5758/projeto_de_lei_no_046.2025-alt.lei2799.filiar_associacao_dos_mun.ama..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5699/projeto_de_lei_no_047.2025-.rga.cuiadador_educ..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5703/projeto_de_lei_no_048.2025-convenio_cooper._com_campinapolis..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5728/projeto_de_lei_no_049.2025-denomina_creche_parque_dos_buritis_ii._vice_pref._frankilin.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5729/projeto_de_lei_no_050.2025-educ._em_tempo_integral_na_rede_pub._mun..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5730/projeto_de_lei_no_051.2025-cred.adic.aquisicao_inversor.smc..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5731/projeto_de_lei_no_052.2025-cred.adic.pgto_sma._obras_andamento_sms..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5732/projeto_de_lei_no_053.2025-cred.adic.pgto_rateio_consorcio_saude.sms..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5757/projeto_de_lei_no_054.2025-alt.lei_2629.rpps.previnx..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5759/projeto_de_lei_no_055.2025-alt.lei_2698.baixo_valor..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5760/projeto_de_lei_no_056.2025-cred.adic.seguranca_pub..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5761/projeto_de_lei_no_057.2025-cred.adic.custeio_contrata_pessoa_jur..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5775/projeto_de_lei_no_058.2025-alt.lei2697.politica_pub.assist._social.revoga_lei_2852..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5776/projeto_de_lei_no_059.2025-revoga_lei2802.alt.lei1677.codigo_ambiental.app_zona_urbana..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5786/projeto_de_lei_no_060.2025-cred.adic.aquis.veiculo-ubs.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5813/projeto_de_lei_no_061.2025-convenio_associacao.santinha.lar_antonieta._lar_idoso..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5814/projeto_de_lei_no_062.2025-convenio.associacao.lar_do_idoso..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5815/projeto_de_lei_no_063.2025-cred._adic.especial..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5816/projeto_de_lei_no_064.2025-cred.adic.transposicao..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5817/projeto_de_lei_no_065.2025-alt.lei2335._estrutura.assist.procuradoria..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5819/projeto_de_lei_no_067.2025-cred.adic._saude._atencao_basica.software..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5845/projeto_de_lei_no_068.2025-cred.adic.devolucao_rendimento_fnde.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5861/projeto_de_lei_no_069.2025-compensacao._tributaria..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5915/projeto_de_lei_no_070.2025-alt.lei2337.pccs_educacao..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5893/projeto_de_lei_no_071.2025.cred._adic._pgto._pes._juridica.saude..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5894/projeto_de_lei_no_072.2025-cred.adic.mini_carregadeira.limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5963/projeto_de_lei_no_074.2025-seletivo_simplificado.assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5933/projeto_de_lei_no_075.2025-cred.adic.iluminacao..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5939/projeto_de_lei_no_076.2025-cria_departamento_de_transito-demutran_e_jari..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5937/projeto_de_lei_no_077.2025-cred.adic.assist._social..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5938/projeto_de_lei_no_078.2025-cred.adic.devolucao_saldo_contrato..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5940/projeto_de_lei_no_079.2025-cred.adic.financas.internet_starlink.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5941/projeto_de_lei_no_080.cred.adic.internet_starlink.cidade_e_gabinete..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5954/projeto_de_lei_no_081.2025-reajuste_salarial_prof.lei2337_pccs..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5962/projeto_de_lei_no_082.2025-pccs.alt.lei_2470.abrir_vagas_acs_e_ace..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5955/projeto_de_lei_no_083.2025-cred.adic.transposicao.saude.corrigido..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5959/projeto_de_lei_no_084.2025-cred.adic.consorcio.saude.pgto_contrato..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5960/projeto_de_lei_no_085.2025-alt.lei_2885.loteamento_prog._ser_familia.matr22456..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5964/projeto_de_lei_no_086.2025-alt.lei2335.estrutura._assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5965/projeto_de_lei_no_087.2025-cred.adic.fundo_saude..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5966/projeto_de_lei_no_088.2025-cred.adic.transferencia.cidade..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5968/projeto_de_lei_no_089.2025.cred.adic._mat.hospitalar.prestacao_serv._atencao_basica..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5969/projeto_de_lei_no_090.2025-cred.adic.remanejamento.sma_e_smel.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5988/projeto_de_lei_no_091.2025-cred.especial.fundo_do_esporte..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5990/projeto_de_lei_no_093.2025-reavaliacao_atuarial_2025.previnx..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6081/projeto_de_lei_no_094.2025-alt._lei2721.regularizacao_fundiaria_urbana.reurb..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6082/projeto_de_lei_no_095.2025-mao_unica._avenida_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6084/projeto_de_lei_no_097.2025-cred.adic.pgto_serv._pes._jur.transferencia.cidade..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6085/projeto_de_lei_no_098.2025-adesao_consorcio_intermunic._do_araguaia..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6086/projeto_de_lei_no_099.2025-cred.adic.camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6087/projeto_de_lei_no_100.2025-cred.adic.custear_despesas.remanejamento.saude..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6088/projeto_de_lei_no_101.2025-cred.adic.pgto.despesas.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6091/projeto_de_lei_no_102.2025-ppa_2026-2029..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6093/projeto_de_lei_no_103.2025-ldo_2026..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6089/projeto_de_lei_no_104.2025-cred.adic.transposicao.meio_ambiente_e_cidade..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6168/projeto_de_lei_no_105.2025-alt.lei2902.cria_demutran_e_jari..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6094/projeto_de_lei_no_106.2025-cred.adic.remanejamento.infra.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6095/projeto_de_lei_no_107.2025-cred.adic.transposicao.turismo_e_cultura..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6096/projeto_de_lei_no_108.2025-premiacao_1a_copa_de_fut._society_amigos_de_nx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6125/projeto_de_lei_no_111.2025-cred.adic.transferencia.educ.material_consumo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6126/projeto_de_lei_no_112.2025-cred.adic.remanejamento.financas_saude_e_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6127/projeto_de_lei_no_113.2025-cred.adic.remanejamento.saude..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6128/projeto_de_lei_no_114.2025-cred.adic.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6129/projeto_de_lei_no_115.2025-cred.adic.fundo_de_saude..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6185/projeto_de_lei_no_116.2025-incentivo_financeiro_aos_acs_e_ace._padq..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6145/projeto_de_lei_no_117.2025-cred.adic.transposicao.folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6146/projeto_de_lei_no_118.2025-seletivo_simplificado.semec..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6147/projeto_de_lei_no_119.2025-cred.adic.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6148/projeto_de_lei_no_120.2025-pccs.alt.lei_2470.abre_vagas_psicologo.nutricionista..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6149/projetod_e_lei_no_121.2025-segundo_refis_2025..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6150/projeto_de_lei_no_122.2025-cred._adic.saude.procedimentos_cirurgicos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6151/projeto_de_lei_no_123.2025-cred.adic.remanejamento.adm..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6152/projeto_de_lei_no_124.2025-cred.adic.remanejamento.folha_de_pgto..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6153/projeto_de_lei_no_125.2025-alt.lei_1002.cmma.conselho_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6162/projeto_de_lei_no_126.2025-regulamenta_lei_2340._regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6173/projeto_de_lei_no_127.2025-desafeta_area.quartel_pm..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6169/projeto_de_lei_no_128.2025.cred.adic.saude.consorcio-araguaia.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6170/projeto_de_lei_no_129.2025-cred.adic.remanejamento.esporte..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6172/projeto_de_lei_no_130.2025-desafeta_area.deus_e_amor..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6174/projeto_de_lei_no_131.2025-doacao_de_area_ao_quartel_pm..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6182/projeto_de_lei_no_132.2025-cred.adic.pasep._motoboy.adm._e_financas..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6186/projeto_de_lei_no_133.2025-cred.adic.transferencia.cidade.combustivel.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6195/projeto_de_lei_no_134.2025-cred.adic.remanejamento.saude.computador.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6196/projeto_de_lei_no_135.2025-cred.adic.assistencia_social.fnas.devolucao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6187/projeto_de_lei_no_136.2025-altlei2470.pccs.plano_de_carreira..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6188/projeto_de_lei_no_137.2025-cred.adic.informatica.remaneja.saude_e_turismo..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6189/projeto_de_lei_no_138.2025-cred.adic.transposicao.saude.agua_em_area_rural..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6193/projeto_de_lei_no_139.2025-seletivo_simplificado.saude..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6194/projeto_de_lei_no_140.2025-cred.adic.energia_solar.transposicao.saude..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6214/projeto_de_lei_no_142.2025-convenio_unemat.bacharelado_direito..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6204/projeto_de_lei_no_143.2025-cred.adic.saude.medicamentos.alta_e_media_complexidade.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6215/projeto_de_lei_no_144.2025-alt.lei_2335.estrutura.assist..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6205/projeto_de_lei_no_145.2025-cred.adic.remanejamento.turismo.biblioteca..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6206/projeto_de_lei_no_146.2025-cred.adic.saude.sus.computador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6207/projeto_de_lei_no_147.2025-cred.adic.transposicao.assistencia.pgto.diaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6208/projeto_de_lei_no_148.2025-loa_2026..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6211/projeto_de_lei_no_149.2025-cred.adic.educ._e_assist.social._veiculos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6212/projeto_de_lei_no_150.2025-cred.adic.educacao_e_assistencia.aquis.veiculo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6210/projeto_de_lei_no_151.2025-cred.adic.assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6213/projeto_de_lei_no_152.2025-cred.adic.cidade.sinalizacao..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6216/projeto_de_lei_no_153.2025-cred.adic.infra_e_cidade.material_consumo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6227/projeto_de_lei_no_154.2025.cred.adic.folha_de_pgto.infra..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6228/projeto_de_lei_no_155.2025-cred.adic.transferencia.turismo.curso_de_condutor.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6240/projeto_de_lei_no_156.2025-altlei2470.pccs.medico_cirurgiao_geral.pediatra..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6229/projeto_de_lei_no_157.2025-cred.adic.educacao.desmontar_quadra_jk.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6245/projeto_de_lei_no_158.2025.cred.adic.assistencia_social.esportes..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6246/projeto_de_lei_no_159.2025-cred.adic.cidade.obras_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6247/projeto_de_lei_no_160.2025.cred.adic.meio_ambiente.residuos_solidos..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6338/projeto_de_lei_no_161.2025-alt.lei2335.anexo_v.previnx..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6248/projeto_de_lei_no_163.2025.cred._adic.pgto.servicos.adm..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6249/projeto_de_lei_no_164.2025.cred.adic.folha_pgto.adm.esporte._meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6250/projeto_de_lei_no_165.2025.cred.adic.folha_pgto.educacao.saude.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6251/projeto_de_lei_no_166.2025.cred.adic.educacao.folha_pgto..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6258/projeto_de_lei_no_167.2025-convenio_associacao_rio_limpo_rio_lindo..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6257/projeto_de_lei_no_168.2025-acordo_de_coop._sesp.posto_de_identificacao.politec..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6259/projeto_de_lei_no_169.2025-alt.lei_2941.2025-seletivo.saude..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6275/projeto_de_lei_no_170.2025.cred.adic.assistencia_social.notebooks.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6276/projeto_de_lei_no_171.2025.cred.adic.turismo_e_cultura.coopervale.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6277/projeto_de_lei_no_172.2025.cred.adic.saude.pgto.pes.juridica.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6278/projeto_de_lei_no_173.2025.cred.adic.remanejamento.camara..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6288/projeto_de_lei_no_174.2025.cred.adic.locacao_de_maquinas.cidade..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6289/projeto_de_lei_no_175.2025.cred.adic.locar_maquinarios.remanejamento._cidade..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6290/projeto_de_lei_no_176.2025.cred.adic.aquisicao_de_mobilia.educacao..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6291/projeto_de_lei_no_177.2025.cred.adic.aquis._de_mobilias.transposicao.educacao..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6292/projeto_de_lei_no_178.2025.cred.adic.transposicao.assist._social.pgto.serv..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6293/projeto_de_lei_no_179.2025.cred.adic.transferencia.assist._social.pgto_serv..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6294/projeto_de_lei_no_180.2025.cred.adic.fundo_turismo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6295/projeto_de_lei_no_181.2025.cred.adic.financas.restituicao_issqn.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6297/projeto_de_lei_no_182.2025.cred.adic.especial.fundo_de_saude..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6298/projeto_de_lei_no_183.2025.credadic.software.assist._social.suas.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6302/projeto_de_lei_no_184.2025.cred.adic.diarias.material_consumo.saude_e_educ..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6303/projeto_de_lei_no_185.2025.cred.adic.software.plataforma.assist._social..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6313/projeto_de_lei_no_186.2025-seletivo_simplificado.assist._social..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6314/projeto_de_lei_no_187.2025.cred.adic.pgto_pes.juridica.educacao..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6315/projeto_de_lei_no_188.2025-cred.adic.adm.esporte_e_cidade..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6341/projeto_de_lei_no_189.2025-seletivo.acs_e_ace..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6330/projeto_de_lei_no_190.2025.cred.adic.impressoras.computador.saude..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6331/projeto_de_lei_no_191.2025.cred.adic.folha_pagamento-assist.social.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6332/projeto_de_lei_no_192.2025.cred.adic.fl.pagamento.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6345/projeto_de_lei_no_193.2025-alt.lei_1973.2016.parcelamento_do_solo..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6339/projeto_de_lei_no_194.2025.cred.adic.mat.hospitalares..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6340/projeto_de_lei_no_195.2025.cred.adic.assistencia.software.suas.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6342/projeto_de_lei_no_196.2025.cred.adic.pgto.obras_de_faixa.cidade_e_adm..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6346/projeto_de_lei_no_197.2025-alt.lei_2470.pccs.tecnico_em_radiologia.psicologo..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6343/projeto_de_lei_no_198.2025.cred.adic.educacao.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6344/projeto_de_lei_no_199.2025.cred.adic.transferencia.educacao..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6347/projeto_de_lei_no_200.2025.cred.adic.remanejamento._cidade.piso_tatil.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6348/projeto_de_lei_no_201.2025.cred.adic.faixa_de_passeio.cidade..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6349/projeto_de_lei_no_202.2025.cred.adic.faixa_de_passeio.transposicao._cidade..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6368/projeto_de_lei_no_203.2025-alt.leicompl1.24.ctm.desc.lixo_2026..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6369/projeto_de_lei_no_204.2025-iss.desconto_2026..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6357/projeto_de_lei_no_205.2025-alt.lei_compl1.24.ctm.alvara_2026..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6359/projeto_de_lei_no_206.2025-itbi_2026..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6370/projeto_de_lei_no_207.2025-iptu_2026..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6356/projeto_de_lei_no_208.2025.cred.adic.mat.consumo.transposicao._educacao..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6383/projeto_de_lei_no_209.2025-sem_assinatura.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6384/projeto_de_lei_no_210.2025-sem_assinatura.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6385/projeto_de_lei_no_211.2025-sem_assinatura.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6386/projeto_de_lei_no_212.2025-alt.lei2991.processo_seletivo.inclusao_da_camara..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6387/projeto_de_lei_no_213.2025.cred.adic.transposicao.saude.passagens.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6392/projeto_de_lei_no_214.2025.cred.adic.transposicao.fl.pgto..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6393/projeto_de_lei_no_215.2025.cred.adic.remanejamento.financas..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6406/projeto_de_lei_no_216.2025-alt.lei2779.convenio.cmsp.cons._comunitario_de_seguranca..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6407/projeto_de_lei_no_217.2025-cred.adic..docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6408/projeto_de_lei_no_218.2025-cred.adic.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6409/projeto_de_lei_no_219.2025-cred.adic.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6410/projeto_de_lei_no_220.2025-cred.adic.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6411/projeto_de_lei_no_221.2025-cred.adic.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6412/projeto_de_lei_no_222.2025-cred.adic..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6413/projeto_de_lei_no_223.2025.cred.adic.transposicao.saude.passagens..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6421/projetode_lei_no_224.2025.cred.adic.remanejamento.fl.pgto..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5565/projeto_de_lei_no_001.2025-alt.anexo.lei2355.2021-estrutura_camara.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5566/projeto_de_lei_no_002.2025.reajuste.rga.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5653/projeto_de_lei_no_003.2025-legislativo.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5670/projeto_de_lei_no_04.2025-ucmmat.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5777/projeto_de_lei_no_005.2025-franciley-dia_gercino.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5847/projeto_de_lei_no_006.2025-elias-regulamenta_logradouro.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5916/projeto_de_lei_no_007.2025-elias.alt.lei.estrutura_camara.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5958/projeto_de_lei_no_008.2025-willian-mao_unica.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/5967/projeto_de_lei_no_009.2025-antonio-utilidade_pub..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6160/projeto_de_lei_no_010.2025-alt.lei_-_vi.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6171/projeto_de_lei_no_011.2025-elias.ilha_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6183/projeto_de_lei_no_012.2025-franciley.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6184/projeto_de_lei_no_013.2025-lucinete.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6190/projeto_de_lei_no_014.2025-antonio-trav.sibem.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6217/projeto_de_lei_no_015-2025-jubio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6296/projeto_de_lei_no_016.2025-anilton.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2025/6319/projeto_de_lei_no_017.2025-anilton-bebida_adulterada.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H190"/>
+  <dimension ref="A1:H237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="181.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6453,181 +6913,181 @@
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>551</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>552</v>
       </c>
       <c r="D157" t="s">
         <v>18</v>
       </c>
       <c r="E157" t="s">
         <v>19</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H157" t="s">
-        <v>46</v>
+        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D158" t="s">
         <v>18</v>
       </c>
       <c r="E158" t="s">
         <v>19</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H158" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D159" t="s">
         <v>18</v>
       </c>
       <c r="E159" t="s">
         <v>19</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H159" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D160" t="s">
         <v>18</v>
       </c>
       <c r="E160" t="s">
         <v>19</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H160" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D161" t="s">
         <v>18</v>
       </c>
       <c r="E161" t="s">
         <v>19</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H161" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D162" t="s">
         <v>18</v>
       </c>
       <c r="E162" t="s">
         <v>19</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H162" t="s">
-        <v>569</v>
+        <v>131</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>570</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>571</v>
       </c>
       <c r="D163" t="s">
         <v>18</v>
       </c>
       <c r="E163" t="s">
         <v>19</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>572</v>
       </c>
       <c r="H163" t="s">
@@ -6635,727 +7095,1949 @@
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>574</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>575</v>
       </c>
       <c r="D164" t="s">
         <v>18</v>
       </c>
       <c r="E164" t="s">
         <v>19</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>576</v>
       </c>
       <c r="H164" t="s">
-        <v>120</v>
+        <v>577</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D165" t="s">
         <v>18</v>
       </c>
       <c r="E165" t="s">
         <v>19</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H165" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D166" t="s">
         <v>18</v>
       </c>
       <c r="E166" t="s">
         <v>19</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H166" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D167" t="s">
         <v>18</v>
       </c>
       <c r="E167" t="s">
         <v>19</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H167" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D168" t="s">
         <v>18</v>
       </c>
       <c r="E168" t="s">
         <v>19</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H168" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D169" t="s">
         <v>18</v>
       </c>
       <c r="E169" t="s">
         <v>19</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H169" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D170" t="s">
         <v>18</v>
       </c>
       <c r="E170" t="s">
         <v>19</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H170" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D171" t="s">
         <v>18</v>
       </c>
       <c r="E171" t="s">
         <v>19</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H171" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D172" t="s">
         <v>18</v>
       </c>
       <c r="E172" t="s">
         <v>19</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H172" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D173" t="s">
         <v>18</v>
       </c>
       <c r="E173" t="s">
         <v>19</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H173" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D174" t="s">
         <v>18</v>
       </c>
       <c r="E174" t="s">
         <v>19</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H174" t="s">
-        <v>50</v>
+        <v>103</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D175" t="s">
         <v>18</v>
       </c>
       <c r="E175" t="s">
         <v>19</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H175" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>17</v>
+        <v>612</v>
       </c>
       <c r="D176" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E176" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="G176" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H176" t="s">
-        <v>615</v>
+        <v>46</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>614</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>615</v>
+      </c>
+      <c r="D177" t="s">
+        <v>18</v>
+      </c>
+      <c r="E177" t="s">
+        <v>19</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B177" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H177" t="s">
-        <v>618</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>617</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>618</v>
+      </c>
+      <c r="D178" t="s">
+        <v>18</v>
+      </c>
+      <c r="E178" t="s">
+        <v>19</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B178" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H178" t="s">
-        <v>621</v>
+        <v>103</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>620</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>621</v>
+      </c>
+      <c r="D179" t="s">
+        <v>18</v>
+      </c>
+      <c r="E179" t="s">
+        <v>19</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B179" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H179" t="s">
-        <v>624</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>623</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>624</v>
+      </c>
+      <c r="D180" t="s">
+        <v>18</v>
+      </c>
+      <c r="E180" t="s">
+        <v>19</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B180" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H180" t="s">
-        <v>628</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>40</v>
+        <v>627</v>
       </c>
       <c r="D181" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E181" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="H181" t="s">
-        <v>631</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>44</v>
+        <v>630</v>
       </c>
       <c r="D182" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E182" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="H182" t="s">
-        <v>621</v>
+        <v>103</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>632</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>633</v>
+      </c>
+      <c r="D183" t="s">
+        <v>18</v>
+      </c>
+      <c r="E183" t="s">
+        <v>19</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="B183" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H183" t="s">
-        <v>637</v>
+        <v>46</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>635</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>636</v>
+      </c>
+      <c r="D184" t="s">
+        <v>18</v>
+      </c>
+      <c r="E184" t="s">
+        <v>19</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H184" t="s">
         <v>638</v>
-      </c>
-[...19 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>55</v>
+        <v>640</v>
       </c>
       <c r="D185" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E185" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F185" t="s">
-        <v>613</v>
+        <v>20</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="H185" t="s">
-        <v>644</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>59</v>
+        <v>643</v>
       </c>
       <c r="D186" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E186" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="H186" t="s">
-        <v>647</v>
+        <v>46</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>63</v>
+        <v>646</v>
       </c>
       <c r="D187" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E187" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F187" t="s">
-        <v>626</v>
+        <v>20</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="H187" t="s">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>648</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>649</v>
+      </c>
+      <c r="D188" t="s">
+        <v>18</v>
+      </c>
+      <c r="E188" t="s">
+        <v>19</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H188" t="s">
         <v>651</v>
-      </c>
-[...19 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>70</v>
+        <v>653</v>
       </c>
       <c r="D189" t="s">
-        <v>611</v>
+        <v>18</v>
       </c>
       <c r="E189" t="s">
-        <v>612</v>
+        <v>19</v>
       </c>
       <c r="F189" t="s">
-        <v>639</v>
+        <v>20</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="H189" t="s">
-        <v>657</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>655</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>656</v>
+      </c>
+      <c r="D190" t="s">
+        <v>18</v>
+      </c>
+      <c r="E190" t="s">
+        <v>19</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H190" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
         <v>658</v>
       </c>
-      <c r="B190" t="s">
-[...2 lines deleted...]
-      <c r="C190" t="s">
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>659</v>
+      </c>
+      <c r="D191" t="s">
+        <v>18</v>
+      </c>
+      <c r="E191" t="s">
+        <v>19</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H191" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>661</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>662</v>
+      </c>
+      <c r="D192" t="s">
+        <v>18</v>
+      </c>
+      <c r="E192" t="s">
+        <v>19</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H192" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>665</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>666</v>
+      </c>
+      <c r="D193" t="s">
+        <v>18</v>
+      </c>
+      <c r="E193" t="s">
+        <v>19</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H193" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>668</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>669</v>
+      </c>
+      <c r="D194" t="s">
+        <v>18</v>
+      </c>
+      <c r="E194" t="s">
+        <v>19</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H194" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>671</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>672</v>
+      </c>
+      <c r="D195" t="s">
+        <v>18</v>
+      </c>
+      <c r="E195" t="s">
+        <v>19</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H195" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>674</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>675</v>
+      </c>
+      <c r="D196" t="s">
+        <v>18</v>
+      </c>
+      <c r="E196" t="s">
+        <v>19</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H196" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>677</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>678</v>
+      </c>
+      <c r="D197" t="s">
+        <v>18</v>
+      </c>
+      <c r="E197" t="s">
+        <v>19</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H197" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>680</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>681</v>
+      </c>
+      <c r="D198" t="s">
+        <v>18</v>
+      </c>
+      <c r="E198" t="s">
+        <v>19</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H198" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>684</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>685</v>
+      </c>
+      <c r="D199" t="s">
+        <v>18</v>
+      </c>
+      <c r="E199" t="s">
+        <v>19</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H199" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>688</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>689</v>
+      </c>
+      <c r="D200" t="s">
+        <v>18</v>
+      </c>
+      <c r="E200" t="s">
+        <v>19</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H200" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>692</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>693</v>
+      </c>
+      <c r="D201" t="s">
+        <v>18</v>
+      </c>
+      <c r="E201" t="s">
+        <v>19</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H201" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>696</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>697</v>
+      </c>
+      <c r="D202" t="s">
+        <v>18</v>
+      </c>
+      <c r="E202" t="s">
+        <v>19</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H202" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>700</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>701</v>
+      </c>
+      <c r="D203" t="s">
+        <v>18</v>
+      </c>
+      <c r="E203" t="s">
+        <v>19</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H203" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>703</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>704</v>
+      </c>
+      <c r="D204" t="s">
+        <v>18</v>
+      </c>
+      <c r="E204" t="s">
+        <v>19</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H204" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>706</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>707</v>
+      </c>
+      <c r="D205" t="s">
+        <v>18</v>
+      </c>
+      <c r="E205" t="s">
+        <v>19</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H205" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>709</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>710</v>
+      </c>
+      <c r="D206" t="s">
+        <v>18</v>
+      </c>
+      <c r="E206" t="s">
+        <v>19</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H206" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>712</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>713</v>
+      </c>
+      <c r="D207" t="s">
+        <v>18</v>
+      </c>
+      <c r="E207" t="s">
+        <v>19</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H207" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>716</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>717</v>
+      </c>
+      <c r="D208" t="s">
+        <v>18</v>
+      </c>
+      <c r="E208" t="s">
+        <v>19</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H208" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>719</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>720</v>
+      </c>
+      <c r="D209" t="s">
+        <v>18</v>
+      </c>
+      <c r="E209" t="s">
+        <v>19</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H209" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>722</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>723</v>
+      </c>
+      <c r="D210" t="s">
+        <v>18</v>
+      </c>
+      <c r="E210" t="s">
+        <v>19</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H210" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>725</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>726</v>
+      </c>
+      <c r="D211" t="s">
+        <v>18</v>
+      </c>
+      <c r="E211" t="s">
+        <v>19</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H211" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>729</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>730</v>
+      </c>
+      <c r="D212" t="s">
+        <v>18</v>
+      </c>
+      <c r="E212" t="s">
+        <v>19</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H212" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>732</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>733</v>
+      </c>
+      <c r="D213" t="s">
+        <v>18</v>
+      </c>
+      <c r="E213" t="s">
+        <v>19</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H213" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>735</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>736</v>
+      </c>
+      <c r="D214" t="s">
+        <v>18</v>
+      </c>
+      <c r="E214" t="s">
+        <v>19</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H214" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>738</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>739</v>
+      </c>
+      <c r="D215" t="s">
+        <v>18</v>
+      </c>
+      <c r="E215" t="s">
+        <v>19</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H215" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>741</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>742</v>
+      </c>
+      <c r="D216" t="s">
+        <v>18</v>
+      </c>
+      <c r="E216" t="s">
+        <v>19</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H216" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>744</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>745</v>
+      </c>
+      <c r="D217" t="s">
+        <v>18</v>
+      </c>
+      <c r="E217" t="s">
+        <v>19</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H217" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>748</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>749</v>
+      </c>
+      <c r="D218" t="s">
+        <v>18</v>
+      </c>
+      <c r="E218" t="s">
+        <v>19</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H218" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>751</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>752</v>
+      </c>
+      <c r="D219" t="s">
+        <v>18</v>
+      </c>
+      <c r="E219" t="s">
+        <v>19</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H219" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>754</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" t="s">
+        <v>755</v>
+      </c>
+      <c r="E220" t="s">
+        <v>756</v>
+      </c>
+      <c r="F220" t="s">
+        <v>757</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="H220" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>760</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>24</v>
+      </c>
+      <c r="D221" t="s">
+        <v>755</v>
+      </c>
+      <c r="E221" t="s">
+        <v>756</v>
+      </c>
+      <c r="F221" t="s">
+        <v>757</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H221" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>763</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>28</v>
+      </c>
+      <c r="D222" t="s">
+        <v>755</v>
+      </c>
+      <c r="E222" t="s">
+        <v>756</v>
+      </c>
+      <c r="F222" t="s">
+        <v>757</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H222" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>766</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>32</v>
+      </c>
+      <c r="D223" t="s">
+        <v>755</v>
+      </c>
+      <c r="E223" t="s">
+        <v>756</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H223" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>769</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>36</v>
+      </c>
+      <c r="D224" t="s">
+        <v>755</v>
+      </c>
+      <c r="E224" t="s">
+        <v>756</v>
+      </c>
+      <c r="F224" t="s">
+        <v>770</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H224" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>773</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>40</v>
+      </c>
+      <c r="D225" t="s">
+        <v>755</v>
+      </c>
+      <c r="E225" t="s">
+        <v>756</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H225" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>776</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>44</v>
+      </c>
+      <c r="D226" t="s">
+        <v>755</v>
+      </c>
+      <c r="E226" t="s">
+        <v>756</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H226" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>778</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>48</v>
+      </c>
+      <c r="D227" t="s">
+        <v>755</v>
+      </c>
+      <c r="E227" t="s">
+        <v>756</v>
+      </c>
+      <c r="F227" t="s">
+        <v>779</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H227" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>782</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>52</v>
+      </c>
+      <c r="D228" t="s">
+        <v>755</v>
+      </c>
+      <c r="E228" t="s">
+        <v>756</v>
+      </c>
+      <c r="F228" t="s">
+        <v>783</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H228" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>786</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>55</v>
+      </c>
+      <c r="D229" t="s">
+        <v>755</v>
+      </c>
+      <c r="E229" t="s">
+        <v>756</v>
+      </c>
+      <c r="F229" t="s">
+        <v>757</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H229" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>789</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>59</v>
+      </c>
+      <c r="D230" t="s">
+        <v>755</v>
+      </c>
+      <c r="E230" t="s">
+        <v>756</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H230" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>792</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>63</v>
+      </c>
+      <c r="D231" t="s">
+        <v>755</v>
+      </c>
+      <c r="E231" t="s">
+        <v>756</v>
+      </c>
+      <c r="F231" t="s">
+        <v>770</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H231" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>795</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>67</v>
+      </c>
+      <c r="D232" t="s">
+        <v>755</v>
+      </c>
+      <c r="E232" t="s">
+        <v>756</v>
+      </c>
+      <c r="F232" t="s">
+        <v>796</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H232" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>799</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>70</v>
+      </c>
+      <c r="D233" t="s">
+        <v>755</v>
+      </c>
+      <c r="E233" t="s">
+        <v>756</v>
+      </c>
+      <c r="F233" t="s">
+        <v>783</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H233" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>802</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
         <v>74</v>
       </c>
-      <c r="D190" t="s">
-[...12 lines deleted...]
-        <v>661</v>
+      <c r="D234" t="s">
+        <v>755</v>
+      </c>
+      <c r="E234" t="s">
+        <v>756</v>
+      </c>
+      <c r="F234" t="s">
+        <v>803</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H234" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>806</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>78</v>
+      </c>
+      <c r="D235" t="s">
+        <v>755</v>
+      </c>
+      <c r="E235" t="s">
+        <v>756</v>
+      </c>
+      <c r="F235" t="s">
+        <v>807</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H235" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>810</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>82</v>
+      </c>
+      <c r="D236" t="s">
+        <v>755</v>
+      </c>
+      <c r="E236" t="s">
+        <v>756</v>
+      </c>
+      <c r="F236" t="s">
+        <v>807</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H236" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>813</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>86</v>
+      </c>
+      <c r="D237" t="s">
+        <v>755</v>
+      </c>
+      <c r="E237" t="s">
+        <v>756</v>
+      </c>
+      <c r="F237" t="s">
+        <v>757</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H237" t="s">
+        <v>814</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7505,50 +9187,97 @@
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>