--- v0 (2025-10-30)
+++ v1 (2026-03-26)
@@ -54,147 +54,147 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4834/projeto_de_resolucao_no_001.2024-devolucao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4834/projeto_de_resolucao_no_001.2024-devolucao.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 001/2024 da Mesa Diretora da Camara Municipal que Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4876/projeto_de_resolucao_no_02.2024-licitacao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4876/projeto_de_resolucao_no_02.2024-licitacao.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 002/2024 do Poder Legislativo que Dispõe sobre a autorização para celebração de Termo de Cooperação entre os Poderes Executivo e Legislativo do Município de Nova Xavantina-MT, para disponibilização de servidor Técnico em Segurança do Trabalho para fins de treinamento e suporte ao Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4938/projeto_de_resolucao_no_003.2024-devolucao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4938/projeto_de_resolucao_no_003.2024-devolucao.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 003/2024 da Mesa Diretora que Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4977/projeto_de_resolucao_no_004.2024-devolucao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4977/projeto_de_resolucao_no_004.2024-devolucao.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 004/2024 do Poder Legislativo que Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_resolucao_no_05.2024-regulamenta_lei14.133.2021-licitacao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_resolucao_no_05.2024-regulamenta_lei14.133.2021-licitacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 005/2024 da Mesa Diretora da Camara Municipal que Regulamente no âmbito do Poder Legislativo Municipal, o disposto §2° no art. 95 da lei nº 14.133/2021 para instituir o contrato verbal para pequenas compras ou de prestação de serviços de pronto pagamento e dá outras providências como especifica.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5201/projeto_de_resolucao_no_06.2024-devolucao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5201/projeto_de_resolucao_no_06.2024-devolucao.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 006/2024 do Poder Legislativo que Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5264/projeto_de_resolucao_no_007.2024-devolucao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5264/projeto_de_resolucao_no_007.2024-devolucao.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 007/2024 da Mesa Diretora que Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5392/projeto_de_resolucao_no_008.2024-devolucao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5392/projeto_de_resolucao_no_008.2024-devolucao.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de valores á Tesouraria da Prefeitura de saldo de caixa existente na Câmara antes do final do exercício e dá outras providencias.</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5468/projeto_de_resolucao_no_09.2024-alt.ri.mesa_diretora-voto_sec..docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5468/projeto_de_resolucao_no_09.2024-alt.ri.mesa_diretora-voto_sec..docx</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal de Vereadores, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -501,67 +501,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4834/projeto_de_resolucao_no_001.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4876/projeto_de_resolucao_no_02.2024-licitacao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4938/projeto_de_resolucao_no_003.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4977/projeto_de_resolucao_no_004.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_resolucao_no_05.2024-regulamenta_lei14.133.2021-licitacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5201/projeto_de_resolucao_no_06.2024-devolucao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5264/projeto_de_resolucao_no_007.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5392/projeto_de_resolucao_no_008.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5468/projeto_de_resolucao_no_09.2024-alt.ri.mesa_diretora-voto_sec..docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4834/projeto_de_resolucao_no_001.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4876/projeto_de_resolucao_no_02.2024-licitacao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4938/projeto_de_resolucao_no_003.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4977/projeto_de_resolucao_no_004.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_resolucao_no_05.2024-regulamenta_lei14.133.2021-licitacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5201/projeto_de_resolucao_no_06.2024-devolucao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5264/projeto_de_resolucao_no_007.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5392/projeto_de_resolucao_no_008.2024-devolucao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5468/projeto_de_resolucao_no_09.2024-alt.ri.mesa_diretora-voto_sec..docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>