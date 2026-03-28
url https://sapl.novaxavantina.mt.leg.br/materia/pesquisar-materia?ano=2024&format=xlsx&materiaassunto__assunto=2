--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,186 +54,186 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sebastião - Curica</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_no_138.2024-sebastiao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_no_138.2024-sebastiao.pdf</t>
   </si>
   <si>
     <t>Indicação nº 138/2024 de autoria do Vereador Sebastião Nunes de Oliveira, encaminhada ao Prefeito Municipal com cópia a Secretaria Municipal de Saúde, mostrando a necessidade de disponibilizar acesso à internet para os pacientes e acompanhantes do CAPS.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Ednaldo Fragas - Quatizinho</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5058/indicacao_no_145.2024-ednaldo.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5058/indicacao_no_145.2024-ednaldo.pdf</t>
   </si>
   <si>
     <t>Indicação nº 145/2024 de autoria do Vereador Ednaldo Fragas da Silva, encaminhada a Senadora da República Margareth Buzetti, com cópia ao Prefeito Municipal e cópia a Secretaria Municipal de Saúde, mostrando a necessidade de viabilizar recursos financeiros através de Emenda Parlamentar para construção de um novo Centro de Reabilitação, para o município de Nova Xavantina – MT.</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Adriano Laurindo</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_no_149.2024-adriano.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_no_149.2024-adriano.pdf</t>
   </si>
   <si>
     <t>Indicação nº 149/2024 de autoria do Vereador Adriano Laurindo da Silva, encaminhada ao Departamento Nacional de Infraestrutura do Transporte – DNIT, mostrando a necessidade de retirar a lombada existente nas cabeceiras das passarelas anexo a ponte sobre o Rio das Mortes, fazendo o nivelamento necessário.</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMLOM</t>
   </si>
   <si>
     <t>Emenda Lei Organica Municipal</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4951/emenda_no_01.2024-lomsancionada.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4951/emenda_no_01.2024-lomsancionada.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa a Lei Organica Municipal nº 001/2024 do Poder Executivo que cria e dá redação aos artigos 90-A, 90-B, 90-C e 90-D, e dá outras disposições.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Poder Legislativo</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4791/emenda_mod._no_01.2024-ao_proj.lei_no_02.2024.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4791/emenda_mod._no_01.2024-ao_proj.lei_no_02.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01/2024 do Poder Legislativa que Dispõe sobre a inclusão de dispositivo no projeto de Lei número 02/2024, o qual dispõe sobre a recomposição inflacionária, adequa tabelas salariais e altera dispositivos constantes na Lei Municipal nº 2.470/2022 que dispõe sobre o Plano de Cargo, Carreira e Subsídios da Administração Direta do Poder Executivo de Nova Xavantina e dá outras providências.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Elias Bueno</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4817/emenda_mod._no_02.2024-ao_proj.lei_no_07.2024.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4817/emenda_mod._no_02.2024-ao_proj.lei_no_07.2024.docx</t>
   </si>
   <si>
     <t>Emenda Supressiva e Modificativa nº 02/2024 da Mesa Diretora que Dispõe sobre supressão e modificação de dispositivo no projeto de Lei nº 07/2024, o qual Altera dispositivos constantes na Lei Municipal nº 2.470/2022 que dispõe sobre o Plano de Cargo, Carreira e Subsídios da Administração Direta do Poder Executivo de Nova Xavantina e dá outras providências.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4835/emenda_supressiva_e_modificativa_no_03.2024_-_ctm.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4835/emenda_supressiva_e_modificativa_no_03.2024_-_ctm.docx</t>
   </si>
   <si>
     <t>Emenda Supressiva e Modificativa nº 003/2024 de autoria do Vereador Elias Bueno de Souza que  Dispõe sobre supressão e modificação de dispositivos no projeto de Lei número 121/2023, o qual Institui o novo Código Tributário do município de Nova Xavantina–MT e dá outras providências.</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5434/emenda_aditiva_no_04.2024-proj.lei_129.2024.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5434/emenda_aditiva_no_04.2024-proj.lei_129.2024.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o acréscimo do §4º ao art. 14 do projeto de Lei número 129/2024, o qual altera dispositivos constantes da Lei Municipal n.º 1.973/2016, e dá outras providências.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Anilton Moura</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5467/emenda_no_05.2024_-_loa-rejeitada-anilton.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5467/emenda_no_05.2024_-_loa-rejeitada-anilton.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adaptação do Projeto da Lei Orçamentária Anual para o exercício de 2025, quanto à instituição de auxílio ao combate à incêndios em zonas rurais do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5521/emenda_aditiva_e_mod.no_06.2024-loa.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5521/emenda_aditiva_e_mod.no_06.2024-loa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adaptação do Projeto da Lei Orçamentária Anual para o exercício de 2025, quanto ao orçamento da Câmara Municipal de Vereadores de Nova Xavantina-MT, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -540,67 +540,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_no_138.2024-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5058/indicacao_no_145.2024-ednaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_no_149.2024-adriano.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4951/emenda_no_01.2024-lomsancionada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4791/emenda_mod._no_01.2024-ao_proj.lei_no_02.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4817/emenda_mod._no_02.2024-ao_proj.lei_no_07.2024.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4835/emenda_supressiva_e_modificativa_no_03.2024_-_ctm.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5434/emenda_aditiva_no_04.2024-proj.lei_129.2024.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5467/emenda_no_05.2024_-_loa-rejeitada-anilton.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5521/emenda_aditiva_e_mod.no_06.2024-loa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_no_138.2024-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5058/indicacao_no_145.2024-ednaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_no_149.2024-adriano.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4951/emenda_no_01.2024-lomsancionada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4791/emenda_mod._no_01.2024-ao_proj.lei_no_02.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4817/emenda_mod._no_02.2024-ao_proj.lei_no_07.2024.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/4835/emenda_supressiva_e_modificativa_no_03.2024_-_ctm.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5434/emenda_aditiva_no_04.2024-proj.lei_129.2024.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5467/emenda_no_05.2024_-_loa-rejeitada-anilton.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2024/5521/emenda_aditiva_e_mod.no_06.2024-loa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>