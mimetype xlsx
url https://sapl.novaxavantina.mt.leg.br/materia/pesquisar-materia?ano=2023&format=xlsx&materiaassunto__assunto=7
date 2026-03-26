--- v0 (2025-10-31)
+++ v1 (2026-03-26)
@@ -54,355 +54,355 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDEC</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/3922/projeto_de_decreto_no_01.2024-contas_prefeito.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/3922/projeto_de_decreto_no_01.2024-contas_prefeito.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 01/2023 da Mesa Diretora da Câmara Municipal que Dispõe sobre o Parecer Prévio nº 163/2022-PP do Tribunal de Contas do Estado de Mato Grosso, sobre as Contas Anuais do Municipio de Nova Xavantina, exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Sebastião - Curica</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_decreto_no_002.2023-sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_decreto_no_002.2023-sebastiao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 002/2023 de autoria do Vereador Sebastião Nunes de Oliveira que Concede Titulo Honorifico de Cidadão Novaxavantinense ao senhor Raimundo Nonato de Sousa- Ceará.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Edemundo dos Reses</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4142/projeto_de_decreto_no_03.2023-edemundo.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4142/projeto_de_decreto_no_03.2023-edemundo.pdf</t>
   </si>
   <si>
     <t>Concede Titulo Honorifico de Cidadão Novaxavantinense. Chico do Montes Claros</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adriano Laurindo</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4158/projeto_de_decreto_no_004.2023-adriano_e_sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4158/projeto_de_decreto_no_004.2023-adriano_e_sebastiao.docx</t>
   </si>
   <si>
     <t>Concede Titulo Honorifico de Cidadão Novaxavantinense. Carlão da UNAMB.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_decreto_no_005.2023-sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_decreto_no_005.2023-sebastiao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 005/2023 de autoria do Vereador Sebastião Nunes de Oliveira que Concede Titulos Honorificos de Cidadãs Novaxavantinenses.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Anilton Moura</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4198/projeto_de_decreto_no_006.2023-anilton.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4198/projeto_de_decreto_no_006.2023-anilton.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 006/2023 de autoria do Vereador Anilton Silva de Moura que Concede Titulo Honorifico de Cidadã Novaxavantinese.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jubio Carlos -Jubinha</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4237/projeto_de_decreto_no_07.2023.jubio-ney.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4237/projeto_de_decreto_no_07.2023.jubio-ney.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 007/2023 de autoria do Vereador Jubio Carlos Montel de Moraes que Concede Titulo Honorifico de Cidadão Novaxavantinense ao senhor Ney Weliton do Nascimento.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4265/projeto_de_decreto_no_08.2023._beatriz-adriano.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4265/projeto_de_decreto_no_08.2023._beatriz-adriano.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 008/2023 de autoria do Vereador Adriano Laurindo da Silva, que Concede Titulo Honorifico de Cidadã Novaxavantinense a senhora doutora Beatriz Schwantes Marimon.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4351/projeto_de_decreto_no_09.2023._ibanor-sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4351/projeto_de_decreto_no_09.2023._ibanor-sebastiao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 009/2023 de autoria do Vereador Sebastião Nunes de Oliveira que Concede Titulo Honorifico de Cidadão Novaxavantinense.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4428/projeto_de_decreto_no_10.2023._adriano_e_sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4428/projeto_de_decreto_no_10.2023._adriano_e_sebastiao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 010/2023 de autoria dos Vereadores Adriano Laurindo da Silva e Sebastião Nunes de Oliveira que Concede Títulos Honoríficos de_x000D_
 Cidadãos Novaxavantinense aos Pastores Marcolino Dias dos Santos, Camila de Oliveira Silva e Neurelio Rodrigues Pereira.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_decreto_no_11.2023._jubio.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_decreto_no_11.2023._jubio.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 011/2023 de autoria do Vereador Jubio Carlos Montel de Moraes que Concede Títulos Honoríficos de Cidadãos Novaxavantinense aos senhores Valdecy Alves da Silva, Jorge Soares, Fernando da Silva Barbosa e Luiz Carlos de Souza resplande.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Elias Bueno</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4438/projeto_de_decreto_no_12.2023.elias.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4438/projeto_de_decreto_no_12.2023.elias.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 012/2023 de autoria do Vereador Elias Bueno de Souza que Concede Titulo Honorifico de Cidadã Novaxavantinense. Irmã Lurdes.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4512/projeto_de_decreto_no_13.2023.anilton.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4512/projeto_de_decreto_no_13.2023.anilton.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 013/2023 de autoria do Vereador Anilton Silva de Moura que Concede Titulo Honorifico de Cidadã Novaxavantinense.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4513/projeto_de_decreto_no_14.2023._jubio.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4513/projeto_de_decreto_no_14.2023._jubio.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 014/2023 de autoria do Vereador Jubio Carlos Montel de Moraes que Concede Títulos Honoríficos de Cidadãos Novaxavantinenses</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4547/projeto_de_decreto_no_15.2023._edemundo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4547/projeto_de_decreto_no_15.2023._edemundo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 015/2023 de autoria do Vereador Edemundo Aparecido Gonçalves dos Reses que Concede Títulos Honorífico de Cidadãos Novaxavantinenses.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Ednaldo Fragas - Quatizinho</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4548/projeto_de_decreto_no_16.2023.ednaldo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4548/projeto_de_decreto_no_16.2023.ednaldo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 016/2023 de autoria do Vereador Ednaldo Fragas da Silva que Concede Títulos Honorífico de Cidadãos Novaxavantinenses.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4563/projeto_de_decreto_no_17.2023._anilton.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4563/projeto_de_decreto_no_17.2023._anilton.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 017/2023 de autoria do Vereador Anilton Silva de Moura que Concede titulo Honorifico de Cidadão Novaxavantinense.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Paulo Cesar Trindade- Cezinha</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4566/projeto_de_decreto_no_18.2023.paulo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4566/projeto_de_decreto_no_18.2023.paulo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 18/2023 de autoria do Vereador Paulo Cesar Trindade que Concede Títulos Honoríficos de Cidadãos Novaxavantinense.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4661/projeto_de_decreto_no_19.2023.sebastiao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4661/projeto_de_decreto_no_19.2023.sebastiao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 019/2023 de autoria do Vereador Sebastião Nunes de Oliveira que Concede Título Honorífico de Cidadão Novaxavantinense. Antonio Perna Mole.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_decreto_no_020.2023.ednaldo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_decreto_no_020.2023.ednaldo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 020/2023 de autoria do Vereador Ednaldo Fragas da Silva que Concede Títulos Honoríficos de Cidadãs Novaxavantinenses.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Jose Altamiro - Nego</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4727/projeto_de_decreto_no_021.2023.jose.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4727/projeto_de_decreto_no_021.2023.jose.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 021/2023 de autoria do Vereador Jose Altamiro da Silva que Concede Titulo Honorifico de Cidadão Novaxavantinense.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_decreto_no_022.2023.elias.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_decreto_no_022.2023.elias.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 022/2023 de autoria do Vereador Elias Bueno de Souza que Concede Títulos Honoríficos de Cidadãos Novaxavantinenses.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_decreto_no_023.2023.elias.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_decreto_no_023.2023.elias.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 023/2023 de autoria do Vereador Elias Bueno de Souza que Concede Títulos Honoríficos de Cidadãos Novaxavantinenses.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4770/projeto_de_decreto_no_024.2023.ednaldo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4770/projeto_de_decreto_no_024.2023.ednaldo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 024/2023 de autoria do Vereador Ednaldo Fragas da Silva que Concede Titulo Honorifico de Cidadão Novaxavantinense.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -709,67 +709,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/3922/projeto_de_decreto_no_01.2024-contas_prefeito.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_decreto_no_002.2023-sebastiao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4142/projeto_de_decreto_no_03.2023-edemundo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4158/projeto_de_decreto_no_004.2023-adriano_e_sebastiao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_decreto_no_005.2023-sebastiao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4198/projeto_de_decreto_no_006.2023-anilton.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4237/projeto_de_decreto_no_07.2023.jubio-ney.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4265/projeto_de_decreto_no_08.2023._beatriz-adriano.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4351/projeto_de_decreto_no_09.2023._ibanor-sebastiao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4428/projeto_de_decreto_no_10.2023._adriano_e_sebastiao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_decreto_no_11.2023._jubio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4438/projeto_de_decreto_no_12.2023.elias.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4512/projeto_de_decreto_no_13.2023.anilton.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4513/projeto_de_decreto_no_14.2023._jubio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4547/projeto_de_decreto_no_15.2023._edemundo.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4548/projeto_de_decreto_no_16.2023.ednaldo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4563/projeto_de_decreto_no_17.2023._anilton.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4566/projeto_de_decreto_no_18.2023.paulo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4661/projeto_de_decreto_no_19.2023.sebastiao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_decreto_no_020.2023.ednaldo.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4727/projeto_de_decreto_no_021.2023.jose.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_decreto_no_022.2023.elias.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_decreto_no_023.2023.elias.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4770/projeto_de_decreto_no_024.2023.ednaldo.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/3922/projeto_de_decreto_no_01.2024-contas_prefeito.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_decreto_no_002.2023-sebastiao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4142/projeto_de_decreto_no_03.2023-edemundo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4158/projeto_de_decreto_no_004.2023-adriano_e_sebastiao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_decreto_no_005.2023-sebastiao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4198/projeto_de_decreto_no_006.2023-anilton.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4237/projeto_de_decreto_no_07.2023.jubio-ney.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4265/projeto_de_decreto_no_08.2023._beatriz-adriano.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4351/projeto_de_decreto_no_09.2023._ibanor-sebastiao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4428/projeto_de_decreto_no_10.2023._adriano_e_sebastiao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4430/projeto_de_decreto_no_11.2023._jubio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4438/projeto_de_decreto_no_12.2023.elias.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4512/projeto_de_decreto_no_13.2023.anilton.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4513/projeto_de_decreto_no_14.2023._jubio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4547/projeto_de_decreto_no_15.2023._edemundo.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4548/projeto_de_decreto_no_16.2023.ednaldo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4563/projeto_de_decreto_no_17.2023._anilton.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4566/projeto_de_decreto_no_18.2023.paulo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4661/projeto_de_decreto_no_19.2023.sebastiao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4678/projeto_de_decreto_no_020.2023.ednaldo.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4727/projeto_de_decreto_no_021.2023.jose.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4728/projeto_de_decreto_no_022.2023.elias.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4748/projeto_de_decreto_no_023.2023.elias.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2023/4770/projeto_de_decreto_no_024.2023.ednaldo.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="232.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>