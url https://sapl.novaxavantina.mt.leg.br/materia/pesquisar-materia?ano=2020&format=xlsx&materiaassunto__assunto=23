--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -54,447 +54,447 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PSO</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6029/pauta_da_sessao-_26.02.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6029/pauta_da_sessao-_26.02.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 26 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6030/pauta_-_09.03.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6030/pauta_-_09.03.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 09 de março de 2020.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6031/pauta_-_16.03.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6031/pauta_-_16.03.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 16 de março de 2020.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6032/pauta_-_23.03.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6032/pauta_-_23.03.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 23 de março de 2020.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6033/pauta_-_30.03.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6033/pauta_-_30.03.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 30 de março de 2020.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6034/pauta_-_06.04.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6034/pauta_-_06.04.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 06 de abril de 2020.</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6035/pauta_-_15.04.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6035/pauta_-_15.04.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 15 de abril de 2020.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6036/pauta_-_22.04.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6036/pauta_-_22.04.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 22 de abril de 2020.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6037/pauta_-_27.04.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6037/pauta_-_27.04.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 27 de abril de 2020.</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6038/pauta_-_04.05.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6038/pauta_-_04.05.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 04 de maio de 2020.</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6039/pauta_-_11.05.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6039/pauta_-_11.05.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 11 de maio de 2020.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6040/pauta_-_18.05.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6040/pauta_-_18.05.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 18 de maio de 2020.</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6041/pauta_-_25.05.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6041/pauta_-_25.05.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 25 de maio de 2020.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6042/pauta_-_01.06.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6042/pauta_-_01.06.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 01 de junho de 2020.</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6043/pauta_-_08.062020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6043/pauta_-_08.062020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 08 de junho de 2020.</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6044/pauta_-_15.06.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6044/pauta_-_15.06.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 15 de junho de 2020.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6045/pauta_-_22.06.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6045/pauta_-_22.06.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 22 de junho de 2020.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6046/pauta_-_03.08.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6046/pauta_-_03.08.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 03 de agosto de 2020.</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6047/pauta_-_17.08.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6047/pauta_-_17.08.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 17 de agosto de 2020.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6048/pauta_-_24.08.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6048/pauta_-_24.08.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 24 de agosto de 2020.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6049/pauta_-_31.08.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6049/pauta_-_31.08.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 31 de agosto de 2020.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6050/pauta_-_08.09.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6050/pauta_-_08.09.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 08 de setembro de 2020.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6051/pauta_-_14.09.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6051/pauta_-_14.09.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 14 de setembro de 2020.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6052/pauta_-_21.09.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6052/pauta_-_21.09.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 21 de setembro de 2020.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6053/pauta_-_28.09.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6053/pauta_-_28.09.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 28 de setembro de 2020.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6054/pauta_-_05.10.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6054/pauta_-_05.10.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 05 de outubro de 2020.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6055/pauta_-13.10.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6055/pauta_-13.10.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 13 de outubro de 2020.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6056/pauta_-19.10.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6056/pauta_-19.10.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 19 de outubro de 2020.</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6057/pauta_-_09.11.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6057/pauta_-_09.11.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 09 de novembro de 2020.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6058/pauta_-_16.11.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6058/pauta_-_16.11.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 16 de novembro de 2020.</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6059/pauta_-_23.11.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6059/pauta_-_23.11.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 23 de novembro de 2020.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6060/pauta_no_68_-_30.11.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6060/pauta_no_68_-_30.11.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 30 de novembro de 2020.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6061/pauta_no_69_-_07.12.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6061/pauta_no_69_-_07.12.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 07 de dezembro de 2020.</t>
   </si>
   <si>
     <t>6062</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6062/pauta_no_70_-_14.12.2020.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6062/pauta_no_70_-_14.12.2020.docx</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinaria do dia 14 de dezembro de 2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -801,67 +801,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6029/pauta_da_sessao-_26.02.2020.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6030/pauta_-_09.03.2020.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6031/pauta_-_16.03.2020.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6032/pauta_-_23.03.2020.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6033/pauta_-_30.03.2020.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6034/pauta_-_06.04.2020.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6035/pauta_-_15.04.2020.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6036/pauta_-_22.04.2020.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6037/pauta_-_27.04.2020.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6038/pauta_-_04.05.2020.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6039/pauta_-_11.05.2020.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6040/pauta_-_18.05.2020.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6041/pauta_-_25.05.2020.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6042/pauta_-_01.06.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6043/pauta_-_08.062020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6044/pauta_-_15.06.2020.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6045/pauta_-_22.06.2020.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6046/pauta_-_03.08.2020.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6047/pauta_-_17.08.2020.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6048/pauta_-_24.08.2020.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6049/pauta_-_31.08.2020.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6050/pauta_-_08.09.2020.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6051/pauta_-_14.09.2020.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6052/pauta_-_21.09.2020.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6053/pauta_-_28.09.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6054/pauta_-_05.10.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6055/pauta_-13.10.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6056/pauta_-19.10.2020.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6057/pauta_-_09.11.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6058/pauta_-_16.11.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6059/pauta_-_23.11.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6060/pauta_no_68_-_30.11.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6061/pauta_no_69_-_07.12.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6062/pauta_no_70_-_14.12.2020.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6029/pauta_da_sessao-_26.02.2020.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6030/pauta_-_09.03.2020.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6031/pauta_-_16.03.2020.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6032/pauta_-_23.03.2020.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6033/pauta_-_30.03.2020.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6034/pauta_-_06.04.2020.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6035/pauta_-_15.04.2020.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6036/pauta_-_22.04.2020.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6037/pauta_-_27.04.2020.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6038/pauta_-_04.05.2020.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6039/pauta_-_11.05.2020.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6040/pauta_-_18.05.2020.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6041/pauta_-_25.05.2020.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6042/pauta_-_01.06.2020.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6043/pauta_-_08.062020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6044/pauta_-_15.06.2020.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6045/pauta_-_22.06.2020.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6046/pauta_-_03.08.2020.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6047/pauta_-_17.08.2020.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6048/pauta_-_24.08.2020.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6049/pauta_-_31.08.2020.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6050/pauta_-_08.09.2020.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6051/pauta_-_14.09.2020.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6052/pauta_-_21.09.2020.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6053/pauta_-_28.09.2020.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6054/pauta_-_05.10.2020.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6055/pauta_-13.10.2020.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6056/pauta_-19.10.2020.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6057/pauta_-_09.11.2020.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6058/pauta_-_16.11.2020.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6059/pauta_-_23.11.2020.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6060/pauta_no_68_-_30.11.2020.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6061/pauta_no_69_-_07.12.2020.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/6062/pauta_no_70_-_14.12.2020.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="52.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>