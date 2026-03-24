--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2189/veto-oficio_251-gab-2020_-_veto_a_emenda_n.3.2020.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2189/veto-oficio_251-gab-2020_-_veto_a_emenda_n.3.2020.pdf</t>
   </si>
   <si>
     <t>Oficio 251/GAB/2020 do Poder Executivo que Veta em sua totalidade a Emenda Aditiva nº 03 de 20 de julho de 2020 ao Projeto de Lei nº 37 de 09 de julho de 2020 que Altera dispositivos constantes na Lei Municipal nº 2.209/2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -402,67 +402,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2189/veto-oficio_251-gab-2020_-_veto_a_emenda_n.3.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2189/veto-oficio_251-gab-2020_-_veto_a_emenda_n.3.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="201.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>