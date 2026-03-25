--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -54,136 +54,136 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>D.A.</t>
   </si>
   <si>
     <t>Decreto Administrativo</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2191/decreto_adm._73.2020_-_horario.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2191/decreto_adm._73.2020_-_horario.pdf</t>
   </si>
   <si>
     <t>decreto Administrativo nº 073/2020 que Dispõe sobre o horário de funcionamento dos órgãos da Camara Municipal de Nova Xavantina e horario de trabalho dos Servidores.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2192/decreto_74.2020_medidas_temporarias_covid-19.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2192/decreto_74.2020_medidas_temporarias_covid-19.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 074, DE 19 DE MARÇO DE 2020, que Dispõe sobre as medidas temporárias de prevenção para enfrentamento da emergência de saúde pública de importância internacional decorrente do coronavírus (2019-nCoV) a serem adotados pela Câmara Municipal de Nova Xavantina e seus departamentos, e dá outras providências.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2193/decreto_adm._75.2020_-_covid.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2193/decreto_adm._75.2020_-_covid.pdf</t>
   </si>
   <si>
     <t>Decreto Administrativo nº 075 de 01 de abril de 2020 que Dispõe sobre a prorrogação das medidas temporaria de prevenção para enfrentamento de emergencia de saude publica de importancia internacional decorrente do coronavirus a serem adotadas pela Camara Municipal de Nova Xavantina e seus departamentos e dá outras providencias.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2194/decreto_administrativo_76.2020_recesso.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2194/decreto_administrativo_76.2020_recesso.pdf</t>
   </si>
   <si>
     <t>Decreto Administrativo nº 076 de 22 de junho de 2020 que Dispõe sobre o periodo de recesso legislativo e sobre o horario de funcionamento das atividades administrativa publico no periodo de recesso legislativo.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2195/decreto_adm._77.2020_-_cancelamento_sessao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2195/decreto_adm._77.2020_-_cancelamento_sessao.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 077, DE 12 DE AGOSTO DE 2020._x000D_
 Dispõe sobre o Cancelamento da Sessão Ordinária do dia 10 de Agosto de 2020 da Câmara Municipal de Nova Xavantina e seus departamentos, e dá outras providências.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2227/decreto_78.2020_-_ponto_facultativo.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2227/decreto_78.2020_-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 78/2020 que Dispõe sobre ponto facultativo no âmbito do Poder Legislativo de Nova Xavantina.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2228/decreto_79.2020_-_disponibilizar_espaco_camara.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2228/decreto_79.2020_-_disponibilizar_espaco_camara.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 79/2020 que Dispõe sobre a disponibilização da Câmara Municipal de Nova Xavantina para a realização das Convenções Partidárias aos partidos interessados.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2341/dec._adm._080.2020-recesso.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2341/dec._adm._080.2020-recesso.pdf</t>
   </si>
   <si>
     <t>Decreto Administrativo nº 080/2020 do Poder Legislativo que Dispõe sobre o período de recesso das Atividades Administrativa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -490,67 +490,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2191/decreto_adm._73.2020_-_horario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2192/decreto_74.2020_medidas_temporarias_covid-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2193/decreto_adm._75.2020_-_covid.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2194/decreto_administrativo_76.2020_recesso.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2195/decreto_adm._77.2020_-_cancelamento_sessao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2227/decreto_78.2020_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2228/decreto_79.2020_-_disponibilizar_espaco_camara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2341/dec._adm._080.2020-recesso.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2191/decreto_adm._73.2020_-_horario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2192/decreto_74.2020_medidas_temporarias_covid-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2193/decreto_adm._75.2020_-_covid.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2194/decreto_administrativo_76.2020_recesso.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2195/decreto_adm._77.2020_-_cancelamento_sessao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2227/decreto_78.2020_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2228/decreto_79.2020_-_disponibilizar_espaco_camara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2341/dec._adm._080.2020-recesso.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>