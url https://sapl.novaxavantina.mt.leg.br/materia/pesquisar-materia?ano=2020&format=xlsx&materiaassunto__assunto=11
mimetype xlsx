--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,228 +54,228 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2061/portaria_no_421.2020-nomea_evilyn.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2061/portaria_no_421.2020-nomea_evilyn.docx</t>
   </si>
   <si>
     <t>PORTARIA Nº 421 DE 01 DE ABRIL DE 2020 que Dispõe sobre a nomeação de Funcionário e dá outras providencias.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2062/portaria_no_422.2020-ferias-andre.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2062/portaria_no_422.2020-ferias-andre.docx</t>
   </si>
   <si>
     <t>PORTARIA Nº 422 DE 22 DE ABRIL DE 2020 que Dispõe sobre a concessão de Férias do Funcionário André Mobiglia Mesquita.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2063/portaria_no_423.2020-ferias-patricia.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2063/portaria_no_423.2020-ferias-patricia.docx</t>
   </si>
   <si>
     <t>PORTARIA Nº 423 DE 22 DE ABRIL DE 2020 que Dispõe sobre a concessão de Férias da Funcionária Patrícia Ferreira Gomes.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2157/portaria_424.2020-ferias_andre.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2157/portaria_424.2020-ferias_andre.docx</t>
   </si>
   <si>
     <t>Portaria Nº 424 de 06 de maio 2020 -Dispõe sobre a concessão de Férias do Funcionário André Mobiglia Mesquita.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2158/portaria_425.2020.evaldo.nomeacao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2158/portaria_425.2020.evaldo.nomeacao.pdf</t>
   </si>
   <si>
     <t>Portaria nº 425 de 11 de maio de 2020 que Dispõe sobre a nomeação do senhor Evaldo Euzébio de Freitas para o cargo em comissão de Assessor Parlamentar e dá outras providencias.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2164/portaria_426.2020.comissao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2164/portaria_426.2020.comissao.pdf</t>
   </si>
   <si>
     <t>Portaria nº 426 de 20 de maio de 2020 que dispõe sobre a nomeação da Comissão Permanente de Licitação da Camara Municipal de Nova Xavantina-MT e dá outras providencias.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Portaria nº 427 de 16 de junho de 2020 que Dispõe sobre a concessão de ferias da funcionaria Deuselira Rodrigues de Souza.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2166/portaria_428.2020_sandrra-ferias.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2166/portaria_428.2020_sandrra-ferias.pdf</t>
   </si>
   <si>
     <t>Portaria nº 428 de 16 de junho de 2020 que Dispõe sobre a concessão de ferias da funcionaria Sandra Cesaria dos Santos.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2167/portaria_429.2020-ferias_altair.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2167/portaria_429.2020-ferias_altair.pdf</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2301/portaria_no_430.2020_licenca_premio-elma.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2301/portaria_no_430.2020_licenca_premio-elma.pdf</t>
   </si>
   <si>
     <t>Portaria nº 430/2020 do Poder Legislativo que dispõe sobre a concessão de 30 dias de licença premio a funcionaria Elma Oliveira da Silva Correia.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2302/portaria_no_431.2020_ferias_gislene.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2302/portaria_no_431.2020_ferias_gislene.pdf</t>
   </si>
   <si>
     <t>Portaria nº 431/2020 do Poder Legislativo que Dispõe sobre a concessão de férias a Servidora Gislene Gomes Guimarães.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2303/portaria_no_432.2020_ferias_deuselira.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2303/portaria_no_432.2020_ferias_deuselira.pdf</t>
   </si>
   <si>
     <t>Portaria nº 432/2020 do Poder Legislativo que Dispõe sobre a concessão de férias da funcionaria Deuselira Rodrigues de Souza.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2316/portaria_433.2020-ferias_dhiego.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2316/portaria_433.2020-ferias_dhiego.pdf</t>
   </si>
   <si>
     <t>Portaria nº 433/2020 do Poder legislativo que Dispõe sobre a concessão de férias do funcionário Dhiego Augusto Gonçalves Vilela Casimiro.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2317/portaria_434.2020-ferias_evillyn.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2317/portaria_434.2020-ferias_evillyn.pdf</t>
   </si>
   <si>
     <t>Portaria nº 434/2020 do Poder legislativo que Dispõe sobre a concessão de férias da funcionária Evillyn Daiane Silva.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2319/portaria_no_435.2020-comissao_patrimonio.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2319/portaria_no_435.2020-comissao_patrimonio.pdf</t>
   </si>
   <si>
     <t>Portaria nº 435/2020 do Poder Legislativo que Dispõe sobre a nomeação da Comissão para levantamento e reavaliação do Patrimônio da Camara Municipal de Nova Xavantina-MT.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2345/portaria_no_436.2020-exonera_evaldo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2345/portaria_no_436.2020-exonera_evaldo.docx</t>
   </si>
   <si>
     <t>Portaria nº 436 de 15 de dezembro 2020 que Dispõe sobre a Exoneração do Funcionário Evaldo Euzébio de Freitas e dá outras providencias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -582,67 +582,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2061/portaria_no_421.2020-nomea_evilyn.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2062/portaria_no_422.2020-ferias-andre.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2063/portaria_no_423.2020-ferias-patricia.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2157/portaria_424.2020-ferias_andre.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2158/portaria_425.2020.evaldo.nomeacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2164/portaria_426.2020.comissao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2166/portaria_428.2020_sandrra-ferias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2167/portaria_429.2020-ferias_altair.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2301/portaria_no_430.2020_licenca_premio-elma.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2302/portaria_no_431.2020_ferias_gislene.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2303/portaria_no_432.2020_ferias_deuselira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2316/portaria_433.2020-ferias_dhiego.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2317/portaria_434.2020-ferias_evillyn.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2319/portaria_no_435.2020-comissao_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2345/portaria_no_436.2020-exonera_evaldo.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2061/portaria_no_421.2020-nomea_evilyn.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2062/portaria_no_422.2020-ferias-andre.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2063/portaria_no_423.2020-ferias-patricia.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2157/portaria_424.2020-ferias_andre.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2158/portaria_425.2020.evaldo.nomeacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2164/portaria_426.2020.comissao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2166/portaria_428.2020_sandrra-ferias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2167/portaria_429.2020-ferias_altair.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2301/portaria_no_430.2020_licenca_premio-elma.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2302/portaria_no_431.2020_ferias_gislene.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2303/portaria_no_432.2020_ferias_deuselira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2316/portaria_433.2020-ferias_dhiego.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2317/portaria_434.2020-ferias_evillyn.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2319/portaria_no_435.2020-comissao_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2345/portaria_no_436.2020-exonera_evaldo.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="161.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>