--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -54,75 +54,75 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficio</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/1993/oficio_45.2020-veto_a_emenda_1.1.2020-elias.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/1993/oficio_45.2020-veto_a_emenda_1.1.2020-elias.pdf</t>
   </si>
   <si>
     <t>Oficio 45/GAB/2020 do Poder Executivo que Veta na sua totalidade a Emenda Modificativa nº 001 de 27 de janeiro de 2020 ao Projeto de Lei nº 02/2020 que Dispõe sobre sobre a concessão de desconto aos profissionais liberais e dá outras providencias.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2053/oficio_124.gab.2020-prefeito.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2053/oficio_124.gab.2020-prefeito.pdf</t>
   </si>
   <si>
     <t>Oficio nº 124/GAB/2020 da Prefeitura Municipal de Nova Xavantina ao Presidente da Câmara Municipal, informando que o Projeto de Lei nº 18/2020 foi encaminhado ao Contador do Município, com a finalidade de adotarmos as medidas legais sem comprometimento do andamento das ações do Município, desse modo é imprevisível a estimativa confiável de receitas para a cobertura da elevação das despesas relativas ao Projeto, assim, em razão de todas as medidas preventivas de combate a covid-19. Desse modo, tudo isso nos leva a adotar medidas restritas de contenção de aumento com gastos com pessoal, o que impacta no momento, não concedermos a recomposição salarial aos Servidores Públicos Municipais, o que pretendemos fazer observados todos os requisitos legais no 3º quadrimestre de 2020</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2219/oficio_295.2020_-_exec._retira_de_pauta_proj_49.2020_permuta.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2219/oficio_295.2020_-_exec._retira_de_pauta_proj_49.2020_permuta.pdf</t>
   </si>
   <si>
     <t>Oficio nº 295/GAB/20 do Prefeito Municipal ao Presidente da Camara Municipal no sentido de retirar de pauta o Projeto de Lei nº 49.2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -429,67 +429,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/1993/oficio_45.2020-veto_a_emenda_1.1.2020-elias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2053/oficio_124.gab.2020-prefeito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2219/oficio_295.2020_-_exec._retira_de_pauta_proj_49.2020_permuta.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/1993/oficio_45.2020-veto_a_emenda_1.1.2020-elias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2053/oficio_124.gab.2020-prefeito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2020/2219/oficio_295.2020_-_exec._retira_de_pauta_proj_49.2020_permuta.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>