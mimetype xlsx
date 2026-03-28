--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,234 +54,234 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDEC</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1533/titulo_cidada-nega_dulce.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1533/titulo_cidada-nega_dulce.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 001/2019 de autoria do Vereador Valteri Araujo da Silva que Concede Titulo Honorifico de Cidadã Novaxavantinense a Sra. Maria Dulcelina Cantuária de Abreu. (Nega Dulce).</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1566/proj.dec.002.2019-contas_pref..docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1566/proj.dec.002.2019-contas_pref..docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 002/2019 da Mesa Diretora que Dispõe sobre o Parecer nº 124/2018 do Tribunal de Contas do Estado de Mato Grosso, sobre as Contas do Municipio de Nova Xavantina, exercicio financeiro de 2017.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1586/proj.dec.3.3.2019-valteri.wande.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1586/proj.dec.3.3.2019-valteri.wande.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 003/2019 de autoria do Vereador Valteri Araujo da Silva, que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Sr. Wande Alves Diniz.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1587/proj._dec._4-3.2019-valteri-adao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1587/proj._dec._4-3.2019-valteri-adao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 004/2019 de autoria do Vereador Valteri Araujo da Silva que Concede Título Honorifico de Cidadão Nova Xavantinense.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1701/proj.dec._5.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1701/proj.dec._5.2019-joao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 005/2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense aos senhores Cel. PM Delwison Sebastião Maia Cruz, Sub. Ten. PM Roberto Alves da Silva e Gyancarlos Paglynearia Cabelho.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>João Machado</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1720/proj.dec._6-2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1720/proj.dec._6-2019-joao.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N° 006 DE 03 DE JUNHO DE 2019._x000D_
 		Autor: João Machado Neto_x000D_
 _x000D_
 		“Concede Titulo Honorifico de Cidadão Novaxavantinense”</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1729/proj._dec.-07.06.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1729/proj._dec.-07.06.2019-joao.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 007/2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Deputado Max Joel Russi.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>João Machado, Elias Bueno</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1839/proj._dec.9.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1839/proj._dec.9.2019-joao.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO  N° 009/2019 de autoria dos Vereadores João Machado Neto e Elias Bueno de Souza, que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Deputado Estadual Jose Eugênio de Paiva.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1840/proj.dec._10.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1840/proj.dec._10.2019-joao.docx</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO N° 010/2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Paulo Cesar Trindade- Cezinha</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1871/proj._dec._11.2019-paulo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1871/proj._dec._11.2019-paulo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 011/2019 que Concede Titulo Honorifico de Cidadão Novaxavantinense ao sr. Jose Garcia Gomes Martins.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1872/proj._dec.12.2019-paulo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1872/proj._dec.12.2019-paulo.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 012/2019 que Concede Titulo Honorifico de Cidadão Novaxavantinense ao sr. Jair Jose de Souza.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1879/projeto_de_decreto_13.2019-_mesa-licenca21102019.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1879/projeto_de_decreto_13.2019-_mesa-licenca21102019.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 013/2019 da Mesa Diretora que Concede licença a pedido de 60 (sessenta) dias ao Vereador João Machado Neto para tratar de assuntos particular.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1887/proj._decreto_14.2019-joao__glaucia.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1887/proj._decreto_14.2019-joao__glaucia.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 014/2019 de autoria do Vereador João Machado neto que Concede Titulo Honorifico de Cidadã Novaxavantinense a senhora Glaucia Ney da Costa.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1926/proj.dec.15.2019-licenca_prefeito.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1926/proj.dec.15.2019-licenca_prefeito.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 15/2019 da Mesa Diretora que Concede licença de 30 dias ao Prefeito Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Elias Bueno</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1954/projeto_dec.16.2019-elias.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1954/projeto_dec.16.2019-elias.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto nº 016/2019 de autoria do Vereador Elias Bueno de Souza que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Pastor Divino Elias Francisco.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -588,67 +588,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1533/titulo_cidada-nega_dulce.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1566/proj.dec.002.2019-contas_pref..docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1586/proj.dec.3.3.2019-valteri.wande.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1587/proj._dec._4-3.2019-valteri-adao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1701/proj.dec._5.2019-joao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1720/proj.dec._6-2019-joao.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1729/proj._dec.-07.06.2019-joao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1839/proj._dec.9.2019-joao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1840/proj.dec._10.2019-joao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1871/proj._dec._11.2019-paulo.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1872/proj._dec.12.2019-paulo.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1879/projeto_de_decreto_13.2019-_mesa-licenca21102019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1887/proj._decreto_14.2019-joao__glaucia.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1926/proj.dec.15.2019-licenca_prefeito.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1954/projeto_dec.16.2019-elias.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1533/titulo_cidada-nega_dulce.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1566/proj.dec.002.2019-contas_pref..docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1586/proj.dec.3.3.2019-valteri.wande.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1587/proj._dec._4-3.2019-valteri-adao.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1701/proj.dec._5.2019-joao.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1720/proj.dec._6-2019-joao.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1729/proj._dec.-07.06.2019-joao.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1839/proj._dec.9.2019-joao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1840/proj.dec._10.2019-joao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1871/proj._dec._11.2019-paulo.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1872/proj._dec.12.2019-paulo.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1879/projeto_de_decreto_13.2019-_mesa-licenca21102019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1887/proj._decreto_14.2019-joao__glaucia.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1926/proj.dec.15.2019-licenca_prefeito.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1954/projeto_dec.16.2019-elias.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="231" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>