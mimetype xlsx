--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -54,252 +54,252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Lista de Presença dos Vereadores</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1552/presenca_87o_-_18.02.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1552/presenca_87o_-_18.02.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinaria do dia 18 de fevereiro de 2019.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3352/presenca_88o_-_22.02.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3352/presenca_88o_-_22.02.2019.docx</t>
   </si>
   <si>
     <t>Lista de Presença dos Vereadores do dia 22 de fevereiro de 2019.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3353/presenca_89o_-_11.03.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3353/presenca_89o_-_11.03.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 11 de março de 2019.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3354/presenca_90o_-_11.03.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3354/presenca_90o_-_11.03.2019.docx</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3355/presenca_91o_-_18.03.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3355/presenca_91o_-_18.03.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 18 de março de 2019.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3356/presenca_92o_-_25.03.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3356/presenca_92o_-_25.03.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 25 de março de 2019.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3357/presenca_93o_-_01.04.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3357/presenca_93o_-_01.04.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 01de abril de 2019.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3358/presenca_94o_-_08.04.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3358/presenca_94o_-_08.04.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 08 de abril de 2019.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3359/presenca_95o_-_15.04.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3359/presenca_95o_-_15.04.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 15 de abril de 2019.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3360/presenca_96o_-_22.04.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3360/presenca_96o_-_22.04.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 22 de abril de 2019.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3361/presenca_97o_-_06.05.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3361/presenca_97o_-_06.05.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 06 de maio de 2019.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3362/presenca_98o_-_13.05.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3362/presenca_98o_-_13.05.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 13 de maio de 2019.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3363/presenca_99o_-_20.05.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3363/presenca_99o_-_20.05.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 20 de maio de 2019.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3364/presenca_100o_-_27.05.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3364/presenca_100o_-_27.05.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 27 de maio de 2019.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3365/presenca_101o_-_03.06.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3365/presenca_101o_-_03.06.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 03 de junho de 2019.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3366/presenca_102o_-_10.06.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3366/presenca_102o_-_10.06.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 10 de junho de 2019.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3367/presenca_103o_-_17.06.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3367/presenca_103o_-_17.06.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 17 de junho de 2019.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3368/presenca_104o_-_24.06.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3368/presenca_104o_-_24.06.2019.docx</t>
   </si>
   <si>
     <t>Lista de presença dos Vereadores na Sessão Ordinária do dia 24 de junho de 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -606,67 +606,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1552/presenca_87o_-_18.02.2019.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3352/presenca_88o_-_22.02.2019.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3353/presenca_89o_-_11.03.2019.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3354/presenca_90o_-_11.03.2019.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3355/presenca_91o_-_18.03.2019.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3356/presenca_92o_-_25.03.2019.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3357/presenca_93o_-_01.04.2019.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3358/presenca_94o_-_08.04.2019.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3359/presenca_95o_-_15.04.2019.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3360/presenca_96o_-_22.04.2019.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3361/presenca_97o_-_06.05.2019.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3362/presenca_98o_-_13.05.2019.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3363/presenca_99o_-_20.05.2019.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3364/presenca_100o_-_27.05.2019.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3365/presenca_101o_-_03.06.2019.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3366/presenca_102o_-_10.06.2019.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3367/presenca_103o_-_17.06.2019.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3368/presenca_104o_-_24.06.2019.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1552/presenca_87o_-_18.02.2019.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3352/presenca_88o_-_22.02.2019.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3353/presenca_89o_-_11.03.2019.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3354/presenca_90o_-_11.03.2019.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3355/presenca_91o_-_18.03.2019.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3356/presenca_92o_-_25.03.2019.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3357/presenca_93o_-_01.04.2019.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3358/presenca_94o_-_08.04.2019.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3359/presenca_95o_-_15.04.2019.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3360/presenca_96o_-_22.04.2019.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3361/presenca_97o_-_06.05.2019.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3362/presenca_98o_-_13.05.2019.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3363/presenca_99o_-_20.05.2019.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3364/presenca_100o_-_27.05.2019.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3365/presenca_101o_-_03.06.2019.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3366/presenca_102o_-_10.06.2019.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3367/presenca_103o_-_17.06.2019.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/3368/presenca_104o_-_24.06.2019.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="76" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>