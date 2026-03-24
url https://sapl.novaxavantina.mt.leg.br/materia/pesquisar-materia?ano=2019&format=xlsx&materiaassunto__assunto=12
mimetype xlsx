--- v0 (2025-11-02)
+++ v1 (2026-03-24)
@@ -54,267 +54,267 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Dec.L</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1742/decreto_358.2019.titulo_nega_dulce.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1742/decreto_358.2019.titulo_nega_dulce.docx</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 358 DE 12 DE MARÇO DE 2019._x000D_
 Autor: Valteri Araújo da Silva que Concede Título Honorifico de Cidadã Nova Xavantinense a Senhora Maria Dulcelina Cantuaria de Abreu.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1743/decreto_359.2019-titulo_wande.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1743/decreto_359.2019-titulo_wande.docx</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 358 DE 12 DE MARÇO DE 2019._x000D_
 Autor: Valteri Araújo da Silva que Concede Título Honorifico de Cidadã Nova Xavantinense ao Senhor Wande Alves Diniz.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1744/decreto_360.2019-valteri.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1744/decreto_360.2019-valteri.docx</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 360 DE 01 DE ABRIL DE 2019._x000D_
 Autor: Valteri Araújo da Silva que Concede Título Honorifico de Cidadão Nova Xavantinense ao Senhor ADÃO PEREIRA DE ABREU é Advogado e exerce suas funções em Nova Xavantina.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1745/decreto_361-2019_08.04.contas.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1745/decreto_361-2019_08.04.contas.docx</t>
   </si>
   <si>
     <t>DECRETO  LEGISLATIVO  Nº 361   DE 08  DE ABRIL DE 2019._x000D_
 		Autor: Mesa Diretora da Câmara Municipal que Dispõe sobre  o Parecer nº. 124/2018 do Tribunal de  Contas   do  Estado  de  Mato   Grosso  sobre as Contas do Município de  Nova  Xavantina  exercício Financeiro de 2017.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1746/decreto_362.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1746/decreto_362.2019.docx</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 362 DE 27 DE MAIO DE 2019._x000D_
 		Autor: João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense aos Senhores Cel. PM Delwison Sebastiao   Maia Cruz. Sub. Ten. PM Roberto Alves da Silva e Gyancarlos Paglyneari Cabelho.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1747/decreto_363.2019.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1747/decreto_363.2019.docx</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 363 DE 10 DE JUNHO DE 2019._x000D_
 		Autor: João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Senhor Raphael Diniz Garcia, delegado municipal tem relevantes serviços prestados a comunidade de Nova Xavantina e região</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>João Machado</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2080/dec._leg.364.2019-titulo_max_russi.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2080/dec._leg.364.2019-titulo_max_russi.pdf</t>
   </si>
   <si>
     <t>Decreto nº 364 de 17 de junho de 2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadão Novaxavantinense ao senhor Max Joel Russi.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t xml:space="preserve">Savio Luis </t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2081/dec._leg.365.2019-titulo_arimateia.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2081/dec._leg.365.2019-titulo_arimateia.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 365/2019 de autoria do Vereador Savio Luis Farias Rodrigues, que Concede Titulo Honorifico de Cidadão Novaxavantinense ao senhor Jose de Arimateia Barbosa.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2082/decreto_leg._366.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2082/decreto_leg._366.2019-joao.docx</t>
   </si>
   <si>
     <t>Decreto Legislativo n° 366 de 23 de setembro de 2019 de autoria dos Vereadores João Machado Neto e Elias Bueno de Souza que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Senhor Dr. José Eugênio de Paiva.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2083/decreto_leg._367.2019-joao.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2083/decreto_leg._367.2019-joao.docx</t>
   </si>
   <si>
     <t>Decreto Legislativo n° 367/2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadãos Novaxavantinense aos senhores Cel. PM Jonildo José de Assis, Cel. PM. Wesney de Castro Sodré e Coronel BM Alessandro Borges Ferreira</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Paulo Cesar Trindade- Cezinha</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2084/decreto_368-2019-garcia23102019.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2084/decreto_368-2019-garcia23102019.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 368/2019 de autoria dos Vereadores Paulo Cesar Trindade e Eduardo Ribeiro da Silva, que Concede Titulo Honorifico de Cidadão ao senhor Jose Garcia Gomes Martins.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2085/decreto_369-2019-jair23102019.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2085/decreto_369-2019-jair23102019.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 369/2019 de autoria do Vereador Paulo Cesar Trindade, que Concede Titulo Honorifico de Cidadão ao senhor Jair de Souza.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2086/decreto_370.2019-licenca_joao.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2086/decreto_370.2019-licenca_joao.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 370/2019 da Mesa Diretora que Concede licença a pedido de 60 dias ao Vereador João Machado Neto para tratar de assuntos de interesse particular.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2087/decreto_leg._371.2019-joao__glaucia.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2087/decreto_leg._371.2019-joao__glaucia.docx</t>
   </si>
   <si>
     <t>Decreto Legislativo n° 371/2019 de autoria do Vereador João Machado Neto que Concede Titulo Honorifico de Cidadã Novaxavantinense Senhora Glaucia Nery da Costa</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2088/dec._leg.372.2019-licenca_prefeito.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2088/dec._leg.372.2019-licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 372/2019 da Mesa Diretora que Concede licença de 30 dias ao Prefeito Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Elias Bueno</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2089/dec._leg.373.2019-titulo_pr.divino.pdf</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2089/dec._leg.373.2019-titulo_pr.divino.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo nº 373/2019 de autoria do Vereador Elias Bueno de Souza que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Pastor Divino Elias Francisco.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PDEC</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1782/proj._dec._08.2019-savio.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1782/proj._dec._08.2019-savio.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto N° 08 de 05 de agosto 2019 de autoria do Vereador Sávio Luís Farias Rodrigues que Concede Titulo Honorifico de Cidadão Novaxavantinense ao Senhor, José de Arimatéia Barbosa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -621,67 +621,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1742/decreto_358.2019.titulo_nega_dulce.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1743/decreto_359.2019-titulo_wande.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1744/decreto_360.2019-valteri.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1745/decreto_361-2019_08.04.contas.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1746/decreto_362.2019.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1747/decreto_363.2019.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2080/dec._leg.364.2019-titulo_max_russi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2081/dec._leg.365.2019-titulo_arimateia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2082/decreto_leg._366.2019-joao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2083/decreto_leg._367.2019-joao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2084/decreto_368-2019-garcia23102019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2085/decreto_369-2019-jair23102019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2086/decreto_370.2019-licenca_joao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2087/decreto_leg._371.2019-joao__glaucia.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2088/dec._leg.372.2019-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2089/dec._leg.373.2019-titulo_pr.divino.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1782/proj._dec._08.2019-savio.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1742/decreto_358.2019.titulo_nega_dulce.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1743/decreto_359.2019-titulo_wande.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1744/decreto_360.2019-valteri.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1745/decreto_361-2019_08.04.contas.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1746/decreto_362.2019.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1747/decreto_363.2019.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2080/dec._leg.364.2019-titulo_max_russi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2081/dec._leg.365.2019-titulo_arimateia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2082/decreto_leg._366.2019-joao.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2083/decreto_leg._367.2019-joao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2084/decreto_368-2019-garcia23102019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2085/decreto_369-2019-jair23102019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2086/decreto_370.2019-licenca_joao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2087/decreto_leg._371.2019-joao__glaucia.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2088/dec._leg.372.2019-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/2089/dec._leg.373.2019-titulo_pr.divino.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2019/1782/proj._dec._08.2019-savio.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>