--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,116 +54,116 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>camara municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1479/requerimento_29.2018-meire.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1479/requerimento_29.2018-meire.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 029/2018_x000D_
 AUTOR: ROSEMEIRE APARECIDA PAZETO_x000D_
 	            		  _x000D_
 		Senhor Presidente,_x000D_
 _x000D_
 _x000D_
 De acordo com o Regimento Interno desta Casa de Leis e depois de ouvido o soberano Plenário solicita a V. Exa., que seja encaminhado expediente ao Prefeito Municipal João Batista Vaz da Silva com cópia para Secretária de Educação, requerendo que passe a ter aulas de musicas nas escolas Municipais.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1480/requerimento_30.2018.eduardo.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1480/requerimento_30.2018.eduardo.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 030/2018_x000D_
 AUTOR: EDUARDO RIBEIRO DA SILVA_x000D_
 _x000D_
 	    De acordo com o Regimento Interno desta Casa de Leis e depois de ouvido o Soberano Plenário solicito a V. Exa., que seja encaminhado expediente ao Prefeito Municipal João Batista Vaz da Silva com cópia para Secretária de Saúde, requerendo a Secretaria Municipal de Saúde, uma lista de pacientes oncológicos do Município que neste ano vigente foram ou que estão sendo assistidos até o presente momento, enfocando nome, endereço e localidade que se destina para fazer o tratamento e qual auxilio ou beneficio esta sendo contemplado.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1481/requerimento_31.2018-savio.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1481/requerimento_31.2018-savio.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 031/2018_x000D_
 AUTOR: SAVIO LUIS FARIAS RODRIGUES_x000D_
 _x000D_
 		De acordo com o Regimento Interno desta Casa de Leis e depois de ouvido o Soberano Plenário, solicito a V. Exa. Que seja encaminhado expediente ao Prefeito Municipal com cópia a Analista Tributaria do Município para que seja inserido no Código Tributário Municipal um novo Artigo, complementando o Art. 99 § 2._x000D_
 _x000D_
 - O valor do imposto devido na forma do paragrafo anterior será calculado de forma proporcional aos meses de atividade no ano de inicio.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1482/requerimento_32.2017.plenario.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1482/requerimento_32.2017.plenario.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 032/2017_x000D_
 AUTOR: PLENÁRIO DA CÂMARA MUNICIPAL DE NOVA XAVANTINA-MT._x000D_
 Senhor Presidente:_x000D_
                         De acordo com o Regimento Interno desta Casa de Leis e depois de ouvido o soberano plenário, solicitamos a V. Excia., que seja encaminhado expediente ao MM Juiz de Bacias do Estado de Mato Grosso, ao Ministério Público Estadual de Nova Xavantina, ao Ministério Público Federal no Estado de Mato Grosso, à Secretaria de Estado de Meio Ambiente e ao IBAMA, no sentido de adotar as providências necessárias com a finalidade de verificar a legalidade processual, a legalidade ambiental, demais atos e, principalmente a viabilidade de suporte de retirada de águas do Rio das Mortes - seus impactos para o Rio das Mortes, compreendendo fauna e flora ciliar, tudo isso realizado desordenadamente por grandes empresários e pessoas jurídicas (fazendas, agropecuárias, dentre outras) que se utilizam de dragas de irrigação de mega porte para retirada de águas do Rio das Mortes com a finalidade de proceder a irrigação de pastagens, lavouras, dentre outras.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1483/requerimento_33.2018-elias.docx</t>
+    <t>http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1483/requerimento_33.2018-elias.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 033/2018_x000D_
 AUTOR: ELIAS BUENO DE SOUZA E VALTERI ARAUJO DA SILVA_x000D_
 _x000D_
 		De acordo com o Regimento Interno desta Casa de Leis e depois de ouvido o Soberano Plenário, solicito a V. Exa. Que seja encaminhado expediente ao Prefeito Municipal com cópia ao Auditor, requerendo os nomes de todos os fiscais de contrato de todos os setores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -473,67 +473,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1479/requerimento_29.2018-meire.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1480/requerimento_30.2018.eduardo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1481/requerimento_31.2018-savio.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1482/requerimento_32.2017.plenario.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1483/requerimento_33.2018-elias.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1479/requerimento_29.2018-meire.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1480/requerimento_30.2018.eduardo.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1481/requerimento_31.2018-savio.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1482/requerimento_32.2017.plenario.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaxavantina.mt.leg.br/media/sapl/public/materialegislativa/2018/1483/requerimento_33.2018-elias.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>